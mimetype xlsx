--- v0 (2025-12-12)
+++ v1 (2026-02-03)
@@ -1,83 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\FORV\STUA\stua_gemensamt\LADOK\Arbetsbeskrivningar o ÅRSPLAN\Publicerat på webben\Utbildningsinformation manualer mm\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8B48EC8A-F646-49C1-8ECF-06959BD4285A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1A52C787-36FD-4385-B8C3-194669C9A796}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-135" yWindow="-135" windowWidth="29070" windowHeight="15750" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="7499" yWindow="798" windowWidth="33619" windowHeight="16667" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="datum-tider" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="tidsplan, utb.information" sheetId="5" r:id="rId2"/>
     <sheet name="antagningsomgångar" sheetId="7" r:id="rId3"/>
     <sheet name="utbildningsinfo-flöde" sheetId="3" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">antagningsomgångar!$A$5:$J$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">antagningsomgångar!$A$5:$J$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'datum-tider'!$A$14:$E$70</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'tidsplan, utb.information'!$A$9:$M$31</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'utbildningsinfo-flöde'!$A$5:$T$61</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'datum-tider'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'datum-tider'!$14:$14</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">'utbildningsinfo-flöde'!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="702" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="708" uniqueCount="360">
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Aktivitet</t>
   </si>
   <si>
     <t>Ansvarig</t>
   </si>
   <si>
     <t>System</t>
   </si>
   <si>
     <t>Fakulteten</t>
   </si>
   <si>
     <t>Antagningsenheten</t>
   </si>
   <si>
     <t>Sista anmälningsdag till kurser med start sommaren</t>
   </si>
   <si>
     <t>Sista anmälningsdag till utbildningar med start en hösttermin</t>
   </si>
   <si>
@@ -1523,96 +1524,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>15 dec - 31 januari</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <t>Antagningsomgångars publicering av urval</t>
   </si>
   <si>
     <t>Utbildningsutbud</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color rgb="FFFFFFFF"/>
-[...44 lines deleted...]
-        <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>15 september</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Webbanmälan för utbildningar med start vt öppnar på antagning.se
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
@@ -1732,53 +1687,50 @@
         <family val="2"/>
       </rPr>
       <t>senast 15 november</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Inst. rapporterar in planerings- och antagningstal för vårterminens utbud i till antagningsenheten. 
 </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">ca 23 april
 Antagningsbesked/urval för sommarkurser.
 </t>
   </si>
   <si>
     <t>Tidiga mastersomgången</t>
   </si>
   <si>
-    <t>Inresande avtalsstudenter</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>2 mars</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 anmälan för ht öppnar i Nya</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -1869,72 +1821,50 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 maj </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Korrwebben öppnar för korrläsninga av utbudet för inresande avtalsstudenter.</t>
     </r>
   </si>
   <si>
     <r>
-      <rPr>
-[...20 lines deleted...]
-    <r>
       <t>ca</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 6 november</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Urval/antagningsbesked för utbudet för utbytesstudenter vt.</t>
     </r>
   </si>
   <si>
     <r>
@@ -2535,73 +2465,50 @@
         <family val="2"/>
       </rPr>
       <t>, vt.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ca 1 oktober</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Utbudet för tidiga master -/kandidat omgångarna, nästkommande ht publiceras på engelska miun.se och universityadmission.se</t>
-    </r>
-[...21 lines deleted...]
-</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">OBS! NMT har annan tidsplan för kurser inom program, se - Tidplan NMT-fakulteten </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1 juli</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Välkomstbreven för  höstens utbildningar publiceras. 
@@ -3026,175 +2933,109 @@
   </si>
   <si>
     <t>Lärarlyftet VT</t>
   </si>
   <si>
     <t>Ordinarie omgång VT</t>
   </si>
   <si>
     <t>Antagningsomg. öppnar för anmälan
 (ca datum)</t>
   </si>
   <si>
     <t>sista anmälningsdag
 (ca datum)</t>
   </si>
   <si>
     <t>Urval 
 publ. i Ladok
 (ca datum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
-        <color theme="1"/>
-[...20 lines deleted...]
-        <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ca 11 april</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Antagningsbesked/urval  internationella kandidatprogram</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ca 25 april</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Antagningsbesked/urval för sommarkurser.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">ca 17 maj </t>
-[...20 lines deleted...]
-      </rPr>
       <t>ca 3 oktober</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Antagningsbesked/urval för internationella kandidatprogram</t>
-    </r>
-[...20 lines deleted...]
-Urval / antagningsbesked för vt  för internationella sökande (tidiga mastersomgången).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ca 21-25 juli</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Antagningsbesked/urval 2 för höstens antagningsomgång</t>
     </r>
   </si>
   <si>
@@ -3428,178 +3269,84 @@
       <t>annonserad</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> kurs och kurs inom program som startar en vt. 
 </t>
     </r>
   </si>
   <si>
     <t>Programkurser (programtillfällesstruktur) samt andra tillfällen i Ladok</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>1-5 april</t>
-[...21 lines deleted...]
-      </rPr>
       <t>1 juli</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Inledande kurs läggs i struktur och publiceras inför urval (HT)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>1-10 mars</t>
-[...66 lines deleted...]
-      </rPr>
       <t xml:space="preserve">1-20 december
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Inledande kurs läggs i struktur och publiceras inför urval (VT)</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>uppdaterad: 2025-03-11/MA</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>ca 15 januari</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Sista ansökningsdag i tidiga masters-/kandidat omgångarna (HT).
 </t>
     </r>
   </si>
   <si>
@@ -3633,72 +3380,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">1 juni
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Anmälan öppnar för tidiga masteromgången på universityadmissions.se. (VT).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>1 maj</t>
-[...20 lines deleted...]
-      </rPr>
       <t>ca 15 augusti</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Sista ansökningsdag för internationella sökanden i tidiga masteromgången (vt).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>16 oktober</t>
     </r>
     <r>
@@ -3745,72 +3470,50 @@
         <family val="2"/>
       </rPr>
       <t>1 - 15 januari</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Nytt läsår öppnas i Ladok. Institutionerna kan påbörja arbetet med utbildningsutbudet för nästkommande läsår.
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
-      <t>1 februari</t>
-[...20 lines deleted...]
-      </rPr>
       <t xml:space="preserve">ca 7 juli
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Antagningsbesked/urval 1 för höstens utbildningar.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 ca 27 juli</t>
     </r>
     <r>
       <rPr>
@@ -3865,76 +3568,50 @@
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Antagningsbesked/urval 1 för vårens utbildningar.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 ca 21 december</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Antagningsbesked/urval 2 för vårens utbildningar.
-</t>
-[...24 lines deleted...]
-Sista dag för fakultet att godkänna och korrigera utbudet i Ladok för nästa läsår
 </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1-10 december</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Välkomstbreven för  vårens utbildningar publiceras inför att antagningsbesked skickas ut.
 Ordinarie omgång
 Masteromgång
@@ -3943,60 +3620,516 @@
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>20 - 25 april</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Välkomstbreven för  sommarkurser publiceras inför att antagningsbesked skickas ut.
 Brev för spec.sjuksköterskor ht publiceras.
 </t>
     </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">ca 17 maj </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Urval/antagningsbesked för utbudet för inresande utbytesstudenter, ht.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>ca 19 oktober</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Urval / antagningsbesked för vt  för internationella sökande (tidiga mastersomgången vt).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>ca 20-22 mars</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Urval/antagningsbesked för ht för internationella sökande (tidiga mastersomgången ht).</t>
+    </r>
+  </si>
+  <si>
+    <t>Inresande utbytesstudenter</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>första v. i november</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>, 
+utbudet för inresande utbytesstudenter publiceras på engelska miun.se</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1-10 mars (senast)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Kurstillfällen sommar och HT sätts i status komplett
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1 - 10 oktober (senast)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Kurstillfällen kommande VT stätts i status komplett</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">1-5 oktober </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Program och pakettillfällen VT, sätts i status komplett
+(efter att revideringsperiod inför vt är avslutad)
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1-5 april (senast)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Program- och pakettillfällen sätts i status komplett
+(efter att revideringsperiod inför ht är avslutad)
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>15 mars</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FFFFFFFF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Sista anmälningsdag för sommarkurser.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>senast 2 juni</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Institutioner rapporterar in planerings- och antagningstal för höstterminens utbud till antagningen.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>15 juni</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+inläsning av utbudet för en VT i NyA (ev. sent tillkomna tillfällen efter det måste godkännas av STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">1-6 oktober </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Utb.utbudet för nästa läsår, klart i Ladok från inst. 
+Korr till fakultet
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>ca 20 okt</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Sista dag för fakultet att godkänna och korrigera utbudet i Ladok för nästa läsår
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>ca 20 - 30 okt</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Granskning av utbud, antagning och Ladok
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1 februari</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbudet för en HT i NyA (ev. sent tillkommna tillfällen efter det här datumet måste godkännas av  STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>15 januari</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbudet för sommaren i NyA (ev. sent tillkommna tillfällen efter det här datumet måste godkännas av  STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1 maj</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbud för tidig internationell omgång VT (ev. sent tillkomna tillfällen efter det måste godkännas av STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>ca 15 september</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbud för tidig internationell omgång HT (ev. sent tillkomna tillfällen efter det måste godkännas av STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>1 februari</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbudet för en HT för utbytesstudenter i NyA (ev. sent tillkommna tillfällen efter det här datumet måste godkännas av  STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>15 juni</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Inläsning av utbudet för en VT för utbytesstudenter i NyA (ev. sent tillkommna tillfällen efter det här datumet måste godkännas av  STUA/antagningen och fakulteten)</t>
+    </r>
+  </si>
+  <si>
+    <t>uppdaterad: 2026-01-22/MA</t>
+  </si>
+  <si>
+    <t>FIFHTxx</t>
+  </si>
+  <si>
+    <t>Skolverket - Uppdragsutbildningar för förskollärare i förskoleklass</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-41D]dd/mmm;@"/>
   </numFmts>
-  <fonts count="61" x14ac:knownFonts="1">
+  <fonts count="62" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -4346,50 +4479,57 @@
       <color rgb="FF953537"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="8" tint="0.39997558519241921"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF00376F"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="24">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005CB9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00BFD6"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -4857,53 +4997,50 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="12" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="13" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="38" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="42" fillId="5" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="6" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="6" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="38" fillId="6" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="6" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="6" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5117,50 +5254,53 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="52" fillId="19" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="52" fillId="19" borderId="0" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="22" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="23" borderId="0" xfId="4" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="0" xfId="4" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="61" fillId="18" borderId="0" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlänk" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{51582575-594C-4CFF-81E9-B43377DFD217}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{3392DADD-A4B9-40E9-9A50-3692BC1FFF0E}"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <name val="Calibri"/>
         <family val="2"/>
@@ -5468,52 +5608,52 @@
       <color rgb="FF007934"/>
       <color rgb="FF706259"/>
       <color rgb="FFD7D2AD"/>
       <color rgb="FF0098A8"/>
       <color rgb="FF007380"/>
       <color rgb="FF005CB9"/>
       <color rgb="FFAEA299"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2A13A77A-202A-4AE2-BA25-FDD6482D6BA5}" name="Tabell13" displayName="Tabell13" ref="A5:J18" totalsRowShown="0" headerRowDxfId="11" tableBorderDxfId="10">
-  <autoFilter ref="A5:J18" xr:uid="{8C1D1860-1545-4ADB-BDE0-A3E3A9005C4E}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2A13A77A-202A-4AE2-BA25-FDD6482D6BA5}" name="Tabell13" displayName="Tabell13" ref="A5:J19" totalsRowShown="0" headerRowDxfId="11" tableBorderDxfId="10">
+  <autoFilter ref="A5:J19" xr:uid="{8C1D1860-1545-4ADB-BDE0-A3E3A9005C4E}"/>
   <tableColumns count="10">
     <tableColumn id="1" xr3:uid="{1500EB04-FD36-4A51-88CC-820EE2BC487D}" name="termin" dataDxfId="9"/>
     <tableColumn id="2" xr3:uid="{1E6B7A0F-ABDE-4665-92BE-96F0A39B663A}" name="kod" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{A613A072-568C-4B9B-A7BB-8199D177353D}" name="Antagningsomgång" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{12AEDF77-648A-4113-A7E1-0F1363521968}" name="Antagningsomg. öppnar för anmälan_x000a_(ca datum)" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{67E0E7B6-49C9-4DD1-AE1C-4C770092EAA4}" name="sista anmälningsdag_x000a_(ca datum)" dataDxfId="5"/>
     <tableColumn id="6" xr3:uid="{4A9E9765-74FF-4D70-8C0D-3F69AD2D0BCA}" name="utbildningsplan, fastställande _x000a_av rev. " dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{F436CFA5-4C24-4B3E-81EA-D489E3053EB9}" name="fastställande av ny el. rev. Kursplan" dataDxfId="3"/>
     <tableColumn id="9" xr3:uid="{66BAD349-3B41-45AF-AA91-EED6267AFBA8}" name="Litteraturrev." dataDxfId="2"/>
     <tableColumn id="8" xr3:uid="{17CA453E-7DF6-458A-85D4-4BA35EFC7682}" name="Välkomstbrev publ." dataDxfId="1"/>
     <tableColumn id="10" xr3:uid="{A4AF1AF4-2A63-460B-A51C-207793606AA9}" name="Urval _x000a_publ. i Ladok_x000a_(ca datum)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5795,58 +5935,58 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miun.se/globalassets/styrdokument/utbildning-pa-grund-och-avancerad-niva/amnen-och-utbildningsutbud/regler-samt-tidplan-for-faststallande-av-kurs_nmt_dbm211101_med-bilagor.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.miun.se/globalassets/styrdokument/utbildning-pa-grund-och-avancerad-niva/amnen-och-utbildningsutbud/regler-samt-tidplan-for-faststallande-av-kurs_nmt_dbm211101_med-bilagor.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:E70"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="50" zoomScalePageLayoutView="50" workbookViewId="0">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="12.85" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="14.140625" style="40" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="21.42578125" style="30" customWidth="1"/>
+    <col min="1" max="1" width="14.125" style="40" customWidth="1"/>
+    <col min="2" max="2" width="11.625" style="30" customWidth="1"/>
+    <col min="3" max="3" width="49.75" style="30" customWidth="1"/>
+    <col min="4" max="4" width="21.375" style="30" customWidth="1"/>
     <col min="5" max="5" width="16" style="30" customWidth="1"/>
-    <col min="6" max="16384" width="9.140625" style="30"/>
+    <col min="6" max="16384" width="9.125" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B1" s="31" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B2" s="30" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B3" s="30" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="32" t="s">
         <v>182</v>
       </c>
     </row>
@@ -5905,2246 +6045,2288 @@
       <c r="B12" s="31" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="41"/>
       <c r="B13" s="31"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A14" s="42" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="36" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="36" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="36" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:5" ht="74.349999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="57">
         <v>42384</v>
       </c>
       <c r="C15" s="66" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E15" s="66" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="16" spans="1:5" ht="24" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:5" ht="24.25" x14ac:dyDescent="0.2">
       <c r="A16" s="52" t="s">
         <v>164</v>
       </c>
       <c r="B16" s="63">
         <v>42384</v>
       </c>
       <c r="C16" s="66" t="s">
         <v>167</v>
       </c>
       <c r="D16" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E16" s="66" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:5" ht="74.349999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B17" s="59">
         <v>42400</v>
       </c>
       <c r="C17" s="66" t="s">
         <v>169</v>
       </c>
       <c r="D17" s="66" t="s">
         <v>170</v>
       </c>
       <c r="E17" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:5" ht="37.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="50">
         <v>42401</v>
       </c>
       <c r="C18" s="66" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="66" t="s">
         <v>108</v>
       </c>
       <c r="E18" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:5" ht="41.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B19" s="46">
         <v>42401</v>
       </c>
       <c r="C19" s="66" t="s">
         <v>102</v>
       </c>
       <c r="D19" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="66" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:5" ht="47.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B20" s="59">
         <v>42401</v>
       </c>
       <c r="C20" s="66" t="s">
         <v>67</v>
       </c>
       <c r="D20" s="66" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="66" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:5" ht="60.8" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B21" s="56">
         <v>42415</v>
       </c>
       <c r="C21" s="66" t="s">
         <v>123</v>
       </c>
       <c r="D21" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E21" s="66" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:5" ht="45.8" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="55" t="s">
         <v>92</v>
       </c>
       <c r="B22" s="61">
         <v>42415</v>
       </c>
       <c r="C22" s="66" t="s">
         <v>130</v>
       </c>
       <c r="D22" s="66" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="66" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:5" ht="27.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B23" s="46">
         <v>42444</v>
       </c>
       <c r="C23" s="66" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E23" s="66" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:5" ht="31.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B24" s="46">
         <v>42444</v>
       </c>
       <c r="C24" s="66" t="s">
         <v>124</v>
       </c>
       <c r="D24" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E24" s="66" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:5" ht="30.85" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="50">
         <v>42461</v>
       </c>
       <c r="C25" s="66" t="s">
         <v>200</v>
       </c>
       <c r="D25" s="66" t="s">
         <v>108</v>
       </c>
       <c r="E25" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:5" ht="42.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="50">
         <v>42461</v>
       </c>
       <c r="C26" s="66" t="s">
         <v>201</v>
       </c>
       <c r="D26" s="66" t="s">
         <v>111</v>
       </c>
       <c r="E26" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B27" s="48">
         <v>42461</v>
       </c>
       <c r="C27" s="66" t="s">
         <v>202</v>
       </c>
       <c r="D27" s="66" t="s">
         <v>112</v>
       </c>
       <c r="E27" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="55" t="s">
         <v>92</v>
       </c>
       <c r="B28" s="62">
         <v>42461</v>
       </c>
       <c r="C28" s="66" t="s">
         <v>203</v>
       </c>
       <c r="D28" s="66" t="s">
         <v>114</v>
       </c>
       <c r="E28" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="29" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:5" ht="35.299999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B29" s="65">
         <v>42461</v>
       </c>
       <c r="C29" s="66" t="s">
         <v>190</v>
       </c>
       <c r="D29" s="66" t="s">
         <v>194</v>
       </c>
       <c r="E29" s="71" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B30" s="46">
         <v>42475</v>
       </c>
       <c r="C30" s="66" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E30" s="66" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="48">
         <v>42475</v>
       </c>
       <c r="C31" s="66" t="s">
         <v>113</v>
       </c>
       <c r="D31" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E31" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="98.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:5" ht="98.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B32" s="57">
         <v>42475</v>
       </c>
       <c r="C32" s="66" t="s">
         <v>136</v>
       </c>
       <c r="D32" s="66" t="s">
         <v>104</v>
       </c>
       <c r="E32" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="87" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B33" s="46">
         <v>42491</v>
       </c>
       <c r="C33" s="66" t="s">
         <v>131</v>
       </c>
       <c r="D33" s="66" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="66" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="34" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:5" ht="39.049999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="57">
         <v>42491</v>
       </c>
       <c r="C34" s="66" t="s">
         <v>204</v>
       </c>
       <c r="D34" s="66" t="s">
         <v>138</v>
       </c>
       <c r="E34" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:5" ht="31.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="48">
         <v>42491</v>
       </c>
       <c r="C35" s="66" t="s">
         <v>205</v>
       </c>
       <c r="D35" s="66" t="s">
         <v>135</v>
       </c>
       <c r="E35" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:5" ht="34.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B36" s="65">
         <v>42491</v>
       </c>
       <c r="C36" s="66" t="s">
         <v>191</v>
       </c>
       <c r="D36" s="66" t="s">
         <v>192</v>
       </c>
       <c r="E36" s="71" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="52" t="s">
         <v>164</v>
       </c>
       <c r="B37" s="63">
         <v>42510</v>
       </c>
       <c r="C37" s="66" t="s">
         <v>171</v>
       </c>
       <c r="D37" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E37" s="66" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="38" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:5" ht="37.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B38" s="57">
         <v>42522</v>
       </c>
       <c r="C38" s="66" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="66" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="50">
         <v>42522</v>
       </c>
       <c r="C39" s="66" t="s">
         <v>206</v>
       </c>
       <c r="D39" s="66" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="40" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:5" ht="56.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B40" s="57">
         <v>42522</v>
       </c>
       <c r="C40" s="66" t="s">
         <v>85</v>
       </c>
       <c r="D40" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E40" s="66" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B41" s="46">
         <v>42523</v>
       </c>
       <c r="C41" s="66" t="s">
         <v>117</v>
       </c>
       <c r="D41" s="66" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="66" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="42" spans="1:5" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:5" ht="39.049999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B42" s="65">
         <v>42551</v>
       </c>
       <c r="C42" s="66" t="s">
         <v>193</v>
       </c>
       <c r="D42" s="66" t="s">
         <v>194</v>
       </c>
       <c r="E42" s="71" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="43" spans="1:5" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:5" ht="86.3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B43" s="65">
         <v>42552</v>
       </c>
       <c r="C43" s="66" t="s">
         <v>195</v>
       </c>
       <c r="D43" s="66" t="s">
         <v>192</v>
       </c>
       <c r="E43" s="71" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="44" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:5" ht="32.299999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B44" s="46">
         <v>42583</v>
       </c>
       <c r="C44" s="66" t="s">
         <v>103</v>
       </c>
       <c r="D44" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="66" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="45" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:5" ht="38.35" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="57">
         <v>42583</v>
       </c>
       <c r="C45" s="66" t="s">
         <v>89</v>
       </c>
       <c r="D45" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E45" s="66" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="46" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:5" ht="31.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="48">
         <v>42597</v>
       </c>
       <c r="C46" s="66" t="s">
         <v>207</v>
       </c>
       <c r="D46" s="66" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B47" s="46">
         <v>42597</v>
       </c>
       <c r="C47" s="66" t="s">
         <v>125</v>
       </c>
       <c r="D47" s="66" t="s">
         <v>97</v>
       </c>
       <c r="E47" s="66" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B48" s="46">
         <v>42628</v>
       </c>
       <c r="C48" s="66" t="s">
         <v>126</v>
       </c>
       <c r="D48" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E48" s="66" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:5" ht="37.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B49" s="57">
         <v>42628</v>
       </c>
       <c r="C49" s="66" t="s">
         <v>208</v>
       </c>
       <c r="D49" s="66" t="s">
         <v>104</v>
       </c>
       <c r="E49" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="50" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:5" ht="35.299999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="52" t="s">
         <v>164</v>
       </c>
       <c r="B50" s="63">
         <v>42628</v>
       </c>
       <c r="C50" s="66" t="s">
         <v>173</v>
       </c>
       <c r="D50" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E50" s="66" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="51" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:5" ht="44.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="55" t="s">
         <v>92</v>
       </c>
       <c r="B51" s="62">
         <v>42628</v>
       </c>
       <c r="C51" s="66" t="s">
         <v>133</v>
       </c>
       <c r="D51" s="66" t="s">
         <v>69</v>
       </c>
       <c r="E51" s="66" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="52" spans="1:5" ht="84" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:5" ht="83.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B52" s="50">
         <v>42644</v>
       </c>
       <c r="C52" s="66" t="s">
         <v>209</v>
       </c>
       <c r="D52" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E52" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="83.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B53" s="50">
         <v>42644</v>
       </c>
       <c r="C53" s="66" t="s">
         <v>210</v>
       </c>
       <c r="D53" s="66" t="s">
         <v>108</v>
       </c>
       <c r="E53" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="54" spans="1:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:5" ht="35.299999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B54" s="53">
         <v>42644</v>
       </c>
       <c r="C54" s="66" t="s">
         <v>211</v>
       </c>
       <c r="D54" s="66" t="s">
         <v>112</v>
       </c>
       <c r="E54" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="55" spans="1:5" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:5" ht="27.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="54" t="s">
         <v>91</v>
       </c>
       <c r="B55" s="57">
         <v>42644</v>
       </c>
       <c r="C55" s="66" t="s">
         <v>100</v>
       </c>
       <c r="D55" s="66" t="s">
         <v>137</v>
       </c>
       <c r="E55" s="72" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="56" spans="1:5" ht="58.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:5" ht="58.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B56" s="46">
         <v>42649</v>
       </c>
       <c r="C56" s="66" t="s">
         <v>127</v>
       </c>
       <c r="D56" s="66" t="s">
         <v>116</v>
       </c>
       <c r="E56" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="57" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:5" ht="75.05" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="47" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="48">
         <v>42656</v>
       </c>
       <c r="C57" s="66" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="66" t="s">
         <v>134</v>
       </c>
       <c r="E57" s="66"/>
     </row>
     <row r="58" spans="1:5" s="35" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="46">
         <v>42658</v>
       </c>
       <c r="C58" s="66" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="66" t="s">
         <v>5</v>
       </c>
       <c r="E58" s="66" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="59" spans="1:5" ht="66.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:5" ht="66.849999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="55" t="s">
         <v>92</v>
       </c>
       <c r="B59" s="62">
         <v>42673</v>
       </c>
       <c r="C59" s="66" t="s">
         <v>172</v>
       </c>
       <c r="D59" s="66" t="s">
         <v>114</v>
       </c>
       <c r="E59" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="60" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:5" ht="31.55" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B60" s="46">
         <v>42674</v>
       </c>
       <c r="C60" s="66" t="s">
         <v>180</v>
       </c>
       <c r="D60" s="66" t="s">
         <v>4</v>
       </c>
       <c r="E60" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:5" ht="41.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B61" s="46">
         <v>42675</v>
       </c>
       <c r="C61" s="66" t="s">
         <v>144</v>
       </c>
       <c r="D61" s="66" t="s">
         <v>115</v>
       </c>
       <c r="E61" s="66" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B62" s="46">
         <v>42675</v>
       </c>
       <c r="C62" s="66" t="s">
         <v>128</v>
       </c>
       <c r="D62" s="66" t="s">
         <v>4</v>
       </c>
       <c r="E62" s="66" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="63" spans="1:5" ht="54" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="45" t="s">
         <v>120</v>
       </c>
       <c r="B63" s="46">
         <v>42689</v>
       </c>
       <c r="C63" s="66" t="s">
         <v>118</v>
       </c>
       <c r="D63" s="66" t="s">
         <v>116</v>
       </c>
       <c r="E63" s="66" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="64" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:5" ht="52.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="52" t="s">
         <v>164</v>
       </c>
       <c r="B64" s="63">
         <v>42689</v>
       </c>
       <c r="C64" s="66" t="s">
         <v>174</v>
       </c>
       <c r="D64" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E64" s="66" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="65" spans="1:5" ht="24" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:5" ht="24.25" x14ac:dyDescent="0.2">
       <c r="A65" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B65" s="65">
         <v>42704</v>
       </c>
       <c r="C65" s="66" t="s">
         <v>196</v>
       </c>
       <c r="D65" s="66" t="s">
         <v>194</v>
       </c>
       <c r="E65" s="71" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="66" spans="1:5" ht="24" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:5" ht="24.25" x14ac:dyDescent="0.2">
       <c r="A66" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B66" s="50">
         <v>42705</v>
       </c>
       <c r="C66" s="66" t="s">
         <v>212</v>
       </c>
       <c r="D66" s="66" t="s">
         <v>109</v>
       </c>
       <c r="E66" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="67" spans="1:5" ht="48" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:5" ht="36.4" x14ac:dyDescent="0.2">
       <c r="A67" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B67" s="60">
         <v>42705</v>
       </c>
       <c r="C67" s="66" t="s">
         <v>213</v>
       </c>
       <c r="D67" s="66" t="s">
         <v>107</v>
       </c>
       <c r="E67" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="68" spans="1:5" ht="60" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:5" ht="60.6" x14ac:dyDescent="0.2">
       <c r="A68" s="49" t="s">
         <v>23</v>
       </c>
       <c r="B68" s="50">
         <v>42705</v>
       </c>
       <c r="C68" s="66" t="s">
         <v>110</v>
       </c>
       <c r="D68" s="66" t="s">
         <v>4</v>
       </c>
       <c r="E68" s="66" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="69" spans="1:5" ht="24" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:5" ht="24.25" x14ac:dyDescent="0.2">
       <c r="A69" s="51" t="s">
         <v>181</v>
       </c>
       <c r="B69" s="65">
         <v>42705</v>
       </c>
       <c r="C69" s="66" t="s">
         <v>197</v>
       </c>
       <c r="D69" s="66" t="s">
         <v>192</v>
       </c>
       <c r="E69" s="71" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="70" spans="1:5" ht="36" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:5" ht="36.4" x14ac:dyDescent="0.2">
       <c r="A70" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B70" s="59">
         <v>42719</v>
       </c>
       <c r="C70" s="66" t="s">
         <v>214</v>
       </c>
       <c r="D70" s="66" t="s">
         <v>97</v>
       </c>
       <c r="E70" s="66" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A14:E70" xr:uid="{00000000-0009-0000-0000-000000000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A15:E70">
       <sortCondition ref="B14:B70"/>
     </sortState>
   </autoFilter>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LUppdaterad: 2016-10-10 //Maud Albertsson</oddHeader>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 Begränsad delning&amp;1#_x000D_&amp;"Arialri"&amp;10&amp;K000000Uppdaterad: 2016-10-10 //Maud Albertsson</oddHeader>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="54" max="4" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F11" sqref="F11"/>
+      <selection pane="bottomLeft" activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.3" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="23.140625" style="75" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="74"/>
+    <col min="1" max="1" width="23.125" style="75" customWidth="1"/>
+    <col min="2" max="13" width="23.125" style="74" customWidth="1"/>
+    <col min="14" max="16384" width="9.125" style="74"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A1" s="75" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:13" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="35.299999999999997" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="73" t="s">
         <v>22</v>
       </c>
-      <c r="D2" s="172" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="172"/>
+      <c r="D2" s="171" t="s">
+        <v>264</v>
+      </c>
+      <c r="E2" s="171"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="B3" s="115"/>
+      <c r="B3" s="114"/>
       <c r="C3" s="76" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="77"/>
       <c r="E3" s="77"/>
       <c r="F3" s="78"/>
       <c r="G3" s="76" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="B4" s="151"/>
+      <c r="B4" s="150"/>
       <c r="C4" s="76" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="77"/>
       <c r="E4" s="77"/>
       <c r="F4" s="79"/>
       <c r="G4" s="76" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.25">
       <c r="B5" s="80"/>
       <c r="C5" s="76" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D5" s="77"/>
       <c r="E5" s="77"/>
       <c r="F5" s="81"/>
       <c r="G5" s="76" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="B6" s="105"/>
+      <c r="B6" s="104"/>
       <c r="C6" s="76" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D6" s="77"/>
       <c r="E6" s="77"/>
-      <c r="F6" s="110"/>
+      <c r="F6" s="109"/>
       <c r="G6" s="76" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="F7" s="82"/>
       <c r="G7" s="76" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="9" spans="1:13" s="83" customFormat="1" x14ac:dyDescent="0.2">
       <c r="B9" s="84" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="84" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="84" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="84" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="84" t="s">
         <v>8</v>
       </c>
       <c r="G9" s="84" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="84" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="84" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="84" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="84" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="84" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="84" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="1:13" ht="102" x14ac:dyDescent="0.2">
-      <c r="A10" s="111" t="s">
+    <row r="10" spans="1:13" ht="94.85" x14ac:dyDescent="0.2">
+      <c r="A10" s="110" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="112"/>
-      <c r="C10" s="99" t="s">
+      <c r="B10" s="111"/>
+      <c r="C10" s="98" t="s">
+        <v>250</v>
+      </c>
+      <c r="D10" s="98" t="s">
+        <v>322</v>
+      </c>
+      <c r="E10" s="98" t="s">
+        <v>251</v>
+      </c>
+      <c r="F10" s="98"/>
+      <c r="G10" s="98" t="s">
+        <v>258</v>
+      </c>
+      <c r="H10" s="112"/>
+      <c r="I10" s="112"/>
+      <c r="J10" s="98" t="s">
+        <v>323</v>
+      </c>
+      <c r="K10" s="98" t="s">
+        <v>259</v>
+      </c>
+      <c r="L10" s="98" t="s">
+        <v>260</v>
+      </c>
+      <c r="M10" s="98"/>
+    </row>
+    <row r="11" spans="1:13" ht="67.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="129" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="111"/>
+      <c r="C11" s="98"/>
+      <c r="D11" s="98"/>
+      <c r="E11" s="98"/>
+      <c r="F11" s="112"/>
+      <c r="G11" s="98"/>
+      <c r="H11" s="112"/>
+      <c r="I11" s="98"/>
+      <c r="J11" s="98"/>
+      <c r="K11" s="98"/>
+      <c r="L11" s="98" t="s">
+        <v>257</v>
+      </c>
+      <c r="M11" s="112"/>
+    </row>
+    <row r="12" spans="1:13" ht="85.55" x14ac:dyDescent="0.2">
+      <c r="A12" s="151" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="152"/>
+      <c r="C12" s="155" t="s">
+        <v>261</v>
+      </c>
+      <c r="D12" s="155" t="s">
+        <v>252</v>
+      </c>
+      <c r="E12" s="154"/>
+      <c r="F12" s="155"/>
+      <c r="G12" s="155" t="s">
+        <v>253</v>
+      </c>
+      <c r="H12" s="153"/>
+      <c r="I12" s="155" t="s">
+        <v>262</v>
+      </c>
+      <c r="J12" s="155" t="s">
         <v>254</v>
       </c>
-      <c r="D10" s="99" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="99" t="s">
+      <c r="K12" s="155" t="s">
         <v>255</v>
       </c>
-      <c r="F10" s="99"/>
-[...36 lines deleted...]
-      <c r="A12" s="152" t="s">
+      <c r="L12" s="153"/>
+      <c r="M12" s="153"/>
+    </row>
+    <row r="13" spans="1:13" ht="81.3" x14ac:dyDescent="0.2">
+      <c r="A13" s="156" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="153"/>
-[...45 lines deleted...]
-    <row r="14" spans="1:13" ht="140.25" x14ac:dyDescent="0.2">
+      <c r="B13" s="152"/>
+      <c r="C13" s="153"/>
+      <c r="D13" s="153"/>
+      <c r="E13" s="154"/>
+      <c r="F13" s="153"/>
+      <c r="G13" s="154" t="s">
+        <v>237</v>
+      </c>
+      <c r="H13" s="153"/>
+      <c r="I13" s="153"/>
+      <c r="J13" s="153"/>
+      <c r="K13" s="154" t="s">
+        <v>238</v>
+      </c>
+      <c r="L13" s="153"/>
+      <c r="M13" s="153"/>
+    </row>
+    <row r="14" spans="1:13" ht="197.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="85" t="s">
         <v>216</v>
       </c>
-      <c r="B14" s="87" t="s">
+      <c r="B14" s="86" t="s">
+        <v>333</v>
+      </c>
+      <c r="C14" s="86"/>
+      <c r="D14" s="86"/>
+      <c r="E14" s="86"/>
+      <c r="F14" s="86" t="s">
+        <v>335</v>
+      </c>
+      <c r="G14" s="86"/>
+      <c r="H14" s="86"/>
+      <c r="I14" s="86"/>
+      <c r="J14" s="86"/>
+      <c r="K14" s="86" t="s">
+        <v>350</v>
+      </c>
+      <c r="L14" s="86" t="s">
+        <v>218</v>
+      </c>
+      <c r="M14" s="86"/>
+    </row>
+    <row r="15" spans="1:13" ht="193.2" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="128" t="s">
+        <v>216</v>
+      </c>
+      <c r="B15" s="86"/>
+      <c r="C15" s="86" t="s">
+        <v>351</v>
+      </c>
+      <c r="D15" s="87" t="s">
+        <v>220</v>
+      </c>
+      <c r="E15" s="86" t="s">
+        <v>221</v>
+      </c>
+      <c r="F15" s="88"/>
+      <c r="G15" s="86" t="s">
+        <v>349</v>
+      </c>
+      <c r="H15" s="86" t="s">
+        <v>334</v>
+      </c>
+      <c r="I15" s="86"/>
+      <c r="J15" s="86" t="s">
+        <v>217</v>
+      </c>
+      <c r="K15" s="86" t="s">
+        <v>222</v>
+      </c>
+      <c r="L15" s="86" t="s">
+        <v>223</v>
+      </c>
+      <c r="M15" s="86" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="133.35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="128" t="s">
+        <v>216</v>
+      </c>
+      <c r="B16" s="86" t="s">
+        <v>352</v>
+      </c>
+      <c r="C16" s="86" t="s">
+        <v>219</v>
+      </c>
+      <c r="D16" s="87" t="s">
+        <v>348</v>
+      </c>
+      <c r="E16" s="86" t="s">
+        <v>224</v>
+      </c>
+      <c r="F16" s="88"/>
+      <c r="G16" s="88"/>
+      <c r="H16" s="88"/>
+      <c r="I16" s="88"/>
+      <c r="J16" s="88"/>
+      <c r="K16" s="86"/>
+      <c r="L16" s="88"/>
+      <c r="M16" s="88"/>
+    </row>
+    <row r="17" spans="1:13" ht="94.85" x14ac:dyDescent="0.2">
+      <c r="A17" s="101" t="s">
+        <v>225</v>
+      </c>
+      <c r="B17" s="102" t="s">
+        <v>327</v>
+      </c>
+      <c r="C17" s="103"/>
+      <c r="D17" s="102" t="s">
+        <v>328</v>
+      </c>
+      <c r="E17" s="102"/>
+      <c r="F17" s="102" t="s">
+        <v>353</v>
+      </c>
+      <c r="G17" s="102" t="s">
+        <v>329</v>
+      </c>
+      <c r="H17" s="103"/>
+      <c r="I17" s="102" t="s">
+        <v>330</v>
+      </c>
+      <c r="J17" s="102" t="s">
+        <v>354</v>
+      </c>
+      <c r="K17" s="102" t="s">
+        <v>263</v>
+      </c>
+      <c r="L17" s="103"/>
+      <c r="M17" s="102"/>
+    </row>
+    <row r="18" spans="1:13" ht="101.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="127" t="s">
+        <v>225</v>
+      </c>
+      <c r="B18" s="102"/>
+      <c r="C18" s="103"/>
+      <c r="D18" s="103"/>
+      <c r="E18" s="103"/>
+      <c r="F18" s="103"/>
+      <c r="G18" s="103"/>
+      <c r="H18" s="103"/>
+      <c r="I18" s="103"/>
+      <c r="J18" s="103"/>
+      <c r="K18" s="102" t="s">
+        <v>331</v>
+      </c>
+      <c r="L18" s="103"/>
+      <c r="M18" s="103"/>
+    </row>
+    <row r="19" spans="1:13" ht="67.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="127" t="s">
+        <v>225</v>
+      </c>
+      <c r="B19" s="102"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="103"/>
+      <c r="F19" s="103"/>
+      <c r="G19" s="103"/>
+      <c r="H19" s="103"/>
+      <c r="I19" s="103"/>
+      <c r="J19" s="103"/>
+      <c r="K19" s="102" t="s">
+        <v>332</v>
+      </c>
+      <c r="L19" s="103"/>
+      <c r="M19" s="103"/>
+    </row>
+    <row r="20" spans="1:13" ht="108.4" x14ac:dyDescent="0.2">
+      <c r="A20" s="89" t="s">
+        <v>342</v>
+      </c>
+      <c r="B20" s="90"/>
+      <c r="C20" s="90" t="s">
+        <v>355</v>
+      </c>
+      <c r="D20" s="91" t="s">
+        <v>226</v>
+      </c>
+      <c r="E20" s="90" t="s">
+        <v>227</v>
+      </c>
+      <c r="F20" s="92" t="s">
+        <v>319</v>
+      </c>
+      <c r="G20" s="90" t="s">
+        <v>356</v>
+      </c>
+      <c r="H20" s="93"/>
+      <c r="I20" s="91"/>
+      <c r="J20" s="91" t="s">
+        <v>228</v>
+      </c>
+      <c r="K20" s="90" t="s">
+        <v>229</v>
+      </c>
+      <c r="L20" s="90" t="s">
+        <v>230</v>
+      </c>
+      <c r="M20" s="90"/>
+    </row>
+    <row r="21" spans="1:13" ht="91.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="126" t="s">
+        <v>342</v>
+      </c>
+      <c r="B21" s="92"/>
+      <c r="C21" s="94"/>
+      <c r="D21" s="94"/>
+      <c r="E21" s="90" t="s">
+        <v>320</v>
+      </c>
+      <c r="F21" s="90" t="s">
+        <v>231</v>
+      </c>
+      <c r="G21" s="90"/>
+      <c r="H21" s="94"/>
+      <c r="I21" s="94"/>
+      <c r="J21" s="94"/>
+      <c r="K21" s="90" t="s">
+        <v>321</v>
+      </c>
+      <c r="L21" s="90" t="s">
+        <v>343</v>
+      </c>
+      <c r="M21" s="90"/>
+    </row>
+    <row r="22" spans="1:13" ht="81.3" x14ac:dyDescent="0.2">
+      <c r="A22" s="118" t="s">
+        <v>234</v>
+      </c>
+      <c r="B22" s="95"/>
+      <c r="C22" s="96"/>
+      <c r="D22" s="121" t="s">
+        <v>344</v>
+      </c>
+      <c r="E22" s="121" t="s">
         <v>347</v>
       </c>
-      <c r="C14" s="87"/>
-[...38 lines deleted...]
-      <c r="I15" s="87" t="s">
+      <c r="F22" s="97"/>
+      <c r="G22" s="96"/>
+      <c r="H22" s="117" t="s">
+        <v>325</v>
+      </c>
+      <c r="I22" s="96"/>
+      <c r="J22" s="96"/>
+      <c r="K22" s="97" t="s">
+        <v>345</v>
+      </c>
+      <c r="L22" s="97"/>
+      <c r="M22" s="117" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="105.7" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="125" t="s">
+        <v>234</v>
+      </c>
+      <c r="B23" s="119"/>
+      <c r="C23" s="120"/>
+      <c r="D23" s="121"/>
+      <c r="E23" s="121"/>
+      <c r="F23" s="121"/>
+      <c r="G23" s="120"/>
+      <c r="H23" s="122"/>
+      <c r="I23" s="120"/>
+      <c r="J23" s="120"/>
+      <c r="K23" s="121" t="s">
+        <v>346</v>
+      </c>
+      <c r="L23" s="97"/>
+      <c r="M23" s="121"/>
+    </row>
+    <row r="24" spans="1:13" ht="121.9" x14ac:dyDescent="0.2">
+      <c r="A24" s="116" t="s">
+        <v>181</v>
+      </c>
+      <c r="B24" s="105"/>
+      <c r="C24" s="106"/>
+      <c r="D24" s="105"/>
+      <c r="E24" s="105" t="s">
+        <v>277</v>
+      </c>
+      <c r="F24" s="105" t="s">
+        <v>278</v>
+      </c>
+      <c r="G24" s="105" t="s">
+        <v>275</v>
+      </c>
+      <c r="H24" s="105" t="s">
+        <v>265</v>
+      </c>
+      <c r="I24" s="106"/>
+      <c r="J24" s="106"/>
+      <c r="K24" s="107"/>
+      <c r="L24" s="108" t="s">
+        <v>276</v>
+      </c>
+      <c r="M24" s="105" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="137.4" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="124" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" s="105"/>
+      <c r="C25" s="106"/>
+      <c r="D25" s="106"/>
+      <c r="E25" s="105" t="s">
+        <v>338</v>
+      </c>
+      <c r="F25" s="105" t="s">
+        <v>266</v>
+      </c>
+      <c r="G25" s="106"/>
+      <c r="H25" s="106"/>
+      <c r="I25" s="106"/>
+      <c r="J25" s="106"/>
+      <c r="K25" s="107"/>
+      <c r="L25" s="107"/>
+      <c r="M25" s="106"/>
+    </row>
+    <row r="26" spans="1:13" ht="54.9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="115" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" s="113"/>
+      <c r="C26" s="113" t="s">
+        <v>271</v>
+      </c>
+      <c r="D26" s="113"/>
+      <c r="E26" s="113" t="s">
+        <v>267</v>
+      </c>
+      <c r="F26" s="113"/>
+      <c r="G26" s="113" t="s">
+        <v>272</v>
+      </c>
+      <c r="H26" s="113"/>
+      <c r="I26" s="113" t="s">
+        <v>269</v>
+      </c>
+      <c r="J26" s="113" t="s">
+        <v>273</v>
+      </c>
+      <c r="K26" s="113" t="s">
+        <v>270</v>
+      </c>
+      <c r="L26" s="113"/>
+      <c r="M26" s="113" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="54.2" x14ac:dyDescent="0.2">
+      <c r="A27" s="159" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" s="113"/>
+      <c r="C27" s="113"/>
+      <c r="D27" s="113"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="113"/>
+      <c r="H27" s="113"/>
+      <c r="I27" s="113"/>
+      <c r="J27" s="113"/>
+      <c r="K27" s="113"/>
+      <c r="L27" s="113"/>
+      <c r="M27" s="113" t="s">
         <v>268</v>
       </c>
-      <c r="J15" s="87" t="s">
-[...39 lines deleted...]
-      <c r="B17" s="103" t="s">
+    </row>
+    <row r="28" spans="1:13" ht="89.85" x14ac:dyDescent="0.2">
+      <c r="A28" s="99" t="s">
+        <v>244</v>
+      </c>
+      <c r="B28" s="123"/>
+      <c r="C28" s="100"/>
+      <c r="D28" s="102" t="s">
+        <v>341</v>
+      </c>
+      <c r="E28" s="100" t="s">
+        <v>311</v>
+      </c>
+      <c r="F28" s="90" t="s">
+        <v>339</v>
+      </c>
+      <c r="G28" s="100"/>
+      <c r="H28" s="86" t="s">
+        <v>316</v>
+      </c>
+      <c r="I28" s="100"/>
+      <c r="J28" s="100"/>
+      <c r="K28" s="100" t="s">
+        <v>313</v>
+      </c>
+      <c r="L28" s="90" t="s">
+        <v>232</v>
+      </c>
+      <c r="M28" s="100" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="89.85" x14ac:dyDescent="0.2">
+      <c r="A29" s="147" t="s">
+        <v>249</v>
+      </c>
+      <c r="B29" s="100"/>
+      <c r="C29" s="100"/>
+      <c r="D29" s="100"/>
+      <c r="E29" s="100" t="s">
+        <v>256</v>
+      </c>
+      <c r="F29" s="100" t="s">
+        <v>315</v>
+      </c>
+      <c r="G29" s="100"/>
+      <c r="H29" s="86" t="s">
+        <v>314</v>
+      </c>
+      <c r="I29" s="100"/>
+      <c r="J29" s="100"/>
+      <c r="K29" s="102" t="s">
         <v>340</v>
       </c>
-      <c r="C17" s="104"/>
-[...268 lines deleted...]
-      <c r="E28" s="101" t="s">
+      <c r="L29" s="100"/>
+      <c r="M29" s="86" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="89.85" x14ac:dyDescent="0.2">
+      <c r="A30" s="147" t="s">
+        <v>249</v>
+      </c>
+      <c r="B30" s="100"/>
+      <c r="C30" s="100"/>
+      <c r="D30" s="100"/>
+      <c r="E30" s="86" t="s">
+        <v>312</v>
+      </c>
+      <c r="F30" s="100"/>
+      <c r="G30" s="100"/>
+      <c r="H30" s="100"/>
+      <c r="I30" s="100"/>
+      <c r="J30" s="100"/>
+      <c r="K30" s="100" t="s">
         <v>317</v>
       </c>
-      <c r="F28" s="91" t="s">
-[...52 lines deleted...]
-      <c r="E30" s="87" t="s">
+      <c r="L30" s="100"/>
+      <c r="M30" s="86" t="s">
         <v>318</v>
       </c>
-      <c r="F30" s="101"/>
-[...27 lines deleted...]
-      <c r="M31" s="101"/>
+    </row>
+    <row r="31" spans="1:13" ht="89.85" x14ac:dyDescent="0.2">
+      <c r="A31" s="147" t="s">
+        <v>249</v>
+      </c>
+      <c r="B31" s="100"/>
+      <c r="C31" s="100"/>
+      <c r="D31" s="100"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="100"/>
+      <c r="G31" s="100"/>
+      <c r="H31" s="100"/>
+      <c r="I31" s="100"/>
+      <c r="J31" s="100"/>
+      <c r="K31" s="100"/>
+      <c r="L31" s="100"/>
+      <c r="M31" s="100"/>
     </row>
   </sheetData>
   <autoFilter ref="A9:M31" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="D2:E2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D2:E2" r:id="rId1" display="OBS! NMT har annan tidsplan för kurser inom program, se - Tidplan NMT-fakulteten " xr:uid="{63426109-7B1E-413A-B30E-7AE096155B43}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId2"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 Begränsad delning&amp;1#_x000D_</oddHeader>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE6244B7-F15B-4E34-9B34-8E2D5DEF1C08}">
-  <dimension ref="A1:J18"/>
+  <dimension ref="A1:J19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
-      <selection pane="bottomLeft" activeCell="K18" sqref="K18"/>
+      <selection pane="bottomLeft" activeCell="I13" sqref="I13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="14.3" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.28515625" style="131" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="131"/>
+    <col min="1" max="1" width="14.25" style="130" customWidth="1"/>
+    <col min="2" max="2" width="15" style="131" customWidth="1"/>
+    <col min="3" max="3" width="35.625" style="134" customWidth="1"/>
+    <col min="4" max="4" width="19" style="130" customWidth="1"/>
+    <col min="5" max="5" width="16.375" style="130" customWidth="1"/>
+    <col min="6" max="6" width="21.375" style="130" customWidth="1"/>
+    <col min="7" max="7" width="21.125" style="130" customWidth="1"/>
+    <col min="8" max="9" width="15.375" style="130" customWidth="1"/>
+    <col min="10" max="10" width="14.875" style="130" customWidth="1"/>
+    <col min="11" max="11" width="16.625" style="130" customWidth="1"/>
+    <col min="12" max="12" width="16" style="130" customWidth="1"/>
+    <col min="13" max="13" width="14.375" style="130" customWidth="1"/>
+    <col min="14" max="16384" width="9.125" style="130"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="B1" s="133" t="s">
-[...21 lines deleted...]
-      <c r="A5" s="145" t="s">
+      <c r="B1" s="132" t="s">
+        <v>240</v>
+      </c>
+      <c r="C1" s="132">
+        <v>46044</v>
+      </c>
+      <c r="F1" s="133"/>
+    </row>
+    <row r="4" spans="1:10" ht="37.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="135"/>
+      <c r="B4" s="136"/>
+      <c r="C4" s="135"/>
+      <c r="D4" s="135"/>
+      <c r="E4" s="135"/>
+      <c r="F4" s="135"/>
+      <c r="G4" s="172" t="s">
+        <v>264</v>
+      </c>
+      <c r="H4" s="172"/>
+      <c r="J4" s="135"/>
+    </row>
+    <row r="5" spans="1:10" ht="42.8" x14ac:dyDescent="0.25">
+      <c r="A5" s="144" t="s">
+        <v>241</v>
+      </c>
+      <c r="B5" s="137" t="s">
+        <v>242</v>
+      </c>
+      <c r="C5" s="138" t="s">
+        <v>243</v>
+      </c>
+      <c r="D5" s="139" t="s">
+        <v>308</v>
+      </c>
+      <c r="E5" s="139" t="s">
+        <v>309</v>
+      </c>
+      <c r="F5" s="139" t="s">
         <v>245</v>
       </c>
-      <c r="B5" s="138" t="s">
+      <c r="G5" s="139" t="s">
         <v>246</v>
       </c>
-      <c r="C5" s="139" t="s">
+      <c r="H5" s="139" t="s">
         <v>247</v>
       </c>
-      <c r="D5" s="140" t="s">
-[...22 lines deleted...]
-      <c r="A6" s="146" t="s">
+      <c r="I5" s="139" t="s">
+        <v>248</v>
+      </c>
+      <c r="J5" s="139" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B6" s="140" t="s">
+        <v>284</v>
+      </c>
+      <c r="C6" s="141" t="s">
+        <v>279</v>
+      </c>
+      <c r="D6" s="160">
+        <v>44484</v>
+      </c>
+      <c r="E6" s="165">
+        <v>44576</v>
+      </c>
+      <c r="F6" s="165">
+        <v>44484</v>
+      </c>
+      <c r="G6" s="160"/>
+      <c r="H6" s="165">
+        <v>44713</v>
+      </c>
+      <c r="I6" s="165">
+        <v>44658</v>
+      </c>
+      <c r="J6" s="165">
+        <v>44641</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B7" s="140" t="s">
+        <v>285</v>
+      </c>
+      <c r="C7" s="141" t="s">
+        <v>280</v>
+      </c>
+      <c r="D7" s="160">
+        <v>44484</v>
+      </c>
+      <c r="E7" s="165">
+        <v>44576</v>
+      </c>
+      <c r="F7" s="165">
+        <v>44484</v>
+      </c>
+      <c r="G7" s="160"/>
+      <c r="H7" s="165">
+        <v>44713</v>
+      </c>
+      <c r="I7" s="165">
+        <v>44747</v>
+      </c>
+      <c r="J7" s="165">
+        <v>44662</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B8" s="140" t="s">
         <v>286</v>
       </c>
-      <c r="B6" s="141" t="s">
+      <c r="C8" s="141" t="s">
         <v>289</v>
       </c>
-      <c r="C6" s="142" t="s">
-[...12 lines deleted...]
-      <c r="H6" s="166">
+      <c r="D8" s="160">
+        <v>44607</v>
+      </c>
+      <c r="E8" s="165">
+        <v>44635</v>
+      </c>
+      <c r="F8" s="165">
+        <v>44607</v>
+      </c>
+      <c r="G8" s="160"/>
+      <c r="H8" s="165">
         <v>44713</v>
       </c>
-      <c r="I6" s="166">
-[...10 lines deleted...]
-      <c r="B7" s="141" t="s">
+      <c r="I8" s="165">
+        <v>44670</v>
+      </c>
+      <c r="J8" s="165">
+        <v>44672</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="170" t="s">
+        <v>283</v>
+      </c>
+      <c r="B9" s="157" t="s">
+        <v>287</v>
+      </c>
+      <c r="C9" s="158" t="s">
         <v>290</v>
       </c>
-      <c r="C7" s="142" t="s">
-[...12 lines deleted...]
-      <c r="H7" s="166">
+      <c r="D9" s="161">
+        <v>44609</v>
+      </c>
+      <c r="E9" s="166">
+        <v>44635</v>
+      </c>
+      <c r="F9" s="166">
+        <v>44611</v>
+      </c>
+      <c r="G9" s="161">
+        <v>44611</v>
+      </c>
+      <c r="H9" s="166">
+        <v>44652</v>
+      </c>
+      <c r="I9" s="166">
+        <v>44672</v>
+      </c>
+      <c r="J9" s="166">
+        <v>44676</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B10" s="140" t="s">
+        <v>288</v>
+      </c>
+      <c r="C10" s="141" t="s">
+        <v>291</v>
+      </c>
+      <c r="D10" s="160">
+        <v>44623</v>
+      </c>
+      <c r="E10" s="165">
+        <v>44666</v>
+      </c>
+      <c r="F10" s="165"/>
+      <c r="G10" s="160">
+        <v>44622</v>
+      </c>
+      <c r="H10" s="165">
         <v>44713</v>
       </c>
-      <c r="I7" s="166">
+      <c r="I10" s="165">
+        <v>44698</v>
+      </c>
+      <c r="J10" s="165">
+        <v>44698</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B11" s="140" t="s">
+        <v>294</v>
+      </c>
+      <c r="C11" s="141" t="s">
+        <v>292</v>
+      </c>
+      <c r="D11" s="162">
+        <v>44635</v>
+      </c>
+      <c r="E11" s="165">
+        <v>44666</v>
+      </c>
+      <c r="F11" s="165">
+        <v>44635</v>
+      </c>
+      <c r="G11" s="162">
+        <v>44635</v>
+      </c>
+      <c r="H11" s="165">
+        <v>44713</v>
+      </c>
+      <c r="I11" s="165">
         <v>44747</v>
       </c>
-      <c r="J7" s="166">
-[...16 lines deleted...]
-      <c r="E8" s="166">
+      <c r="J11" s="165">
+        <v>44767</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="148" t="s">
+        <v>281</v>
+      </c>
+      <c r="B12" s="140" t="s">
+        <v>295</v>
+      </c>
+      <c r="C12" s="141" t="s">
+        <v>293</v>
+      </c>
+      <c r="D12" s="160">
         <v>44635</v>
       </c>
-      <c r="F8" s="166">
-[...3 lines deleted...]
-      <c r="H8" s="166">
+      <c r="E12" s="167">
+        <v>44668</v>
+      </c>
+      <c r="F12" s="167"/>
+      <c r="G12" s="160">
+        <v>44635</v>
+      </c>
+      <c r="H12" s="165">
         <v>44713</v>
       </c>
-      <c r="I8" s="166">
-[...19 lines deleted...]
-      <c r="E9" s="167">
+      <c r="I12" s="165">
+        <v>44709</v>
+      </c>
+      <c r="J12" s="167">
+        <v>44711</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="145" t="s">
+        <v>281</v>
+      </c>
+      <c r="B13" s="140" t="s">
+        <v>358</v>
+      </c>
+      <c r="C13" s="141" t="s">
+        <v>359</v>
+      </c>
+      <c r="D13" s="160">
+        <v>46098</v>
+      </c>
+      <c r="E13" s="167">
+        <v>46127</v>
+      </c>
+      <c r="F13" s="176"/>
+      <c r="G13" s="160">
         <v>44635</v>
       </c>
-      <c r="F9" s="167">
-[...22 lines deleted...]
-      <c r="C10" s="142" t="s">
+      <c r="H13" s="165">
+        <v>44713</v>
+      </c>
+      <c r="I13" s="165">
+        <v>44709</v>
+      </c>
+      <c r="J13" s="167">
+        <v>44711</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B14" s="142" t="s">
         <v>296</v>
       </c>
-      <c r="D10" s="161">
-[...9 lines deleted...]
-      <c r="H10" s="166">
+      <c r="C14" s="143" t="s">
+        <v>302</v>
+      </c>
+      <c r="D14" s="163">
         <v>44713</v>
       </c>
-      <c r="I10" s="166">
-[...10 lines deleted...]
-      <c r="B11" s="141" t="s">
+      <c r="E14" s="168">
+        <v>44788</v>
+      </c>
+      <c r="F14" s="164">
+        <v>44713</v>
+      </c>
+      <c r="G14" s="164"/>
+      <c r="H14" s="168">
+        <v>44880</v>
+      </c>
+      <c r="I14" s="168">
+        <v>44836</v>
+      </c>
+      <c r="J14" s="168">
+        <v>44837</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B15" s="142" t="s">
+        <v>297</v>
+      </c>
+      <c r="C15" s="143" t="s">
+        <v>303</v>
+      </c>
+      <c r="D15" s="163">
+        <v>44713</v>
+      </c>
+      <c r="E15" s="168">
+        <v>44788</v>
+      </c>
+      <c r="F15" s="164">
+        <v>44713</v>
+      </c>
+      <c r="G15" s="164"/>
+      <c r="H15" s="168">
+        <v>44880</v>
+      </c>
+      <c r="I15" s="168">
+        <v>44852</v>
+      </c>
+      <c r="J15" s="168">
+        <v>44853</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="28.55" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B16" s="142" t="s">
+        <v>298</v>
+      </c>
+      <c r="C16" s="143" t="s">
+        <v>304</v>
+      </c>
+      <c r="D16" s="163">
+        <v>44788</v>
+      </c>
+      <c r="E16" s="168">
+        <v>44819</v>
+      </c>
+      <c r="F16" s="164">
+        <v>44788</v>
+      </c>
+      <c r="G16" s="164"/>
+      <c r="H16" s="168">
+        <v>44880</v>
+      </c>
+      <c r="I16" s="168">
+        <v>44860</v>
+      </c>
+      <c r="J16" s="168">
+        <v>44861</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="29.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B17" s="142" t="s">
         <v>299</v>
       </c>
-      <c r="C11" s="142" t="s">
-[...154 lines deleted...]
-      <c r="D16" s="164">
+      <c r="C17" s="143" t="s">
+        <v>305</v>
+      </c>
+      <c r="D17" s="163">
         <v>44806</v>
       </c>
-      <c r="E16" s="169">
-[...29 lines deleted...]
-      <c r="E17" s="170">
+      <c r="E17" s="168">
         <v>44849</v>
       </c>
       <c r="F17" s="164"/>
       <c r="G17" s="164">
-        <v>44819</v>
-[...1 lines deleted...]
-      <c r="H17" s="169">
+        <v>44806</v>
+      </c>
+      <c r="H17" s="168">
         <v>44880</v>
       </c>
-      <c r="I17" s="169">
-[...10 lines deleted...]
-      <c r="B18" s="143" t="s">
+      <c r="I17" s="168">
+        <v>44869</v>
+      </c>
+      <c r="J17" s="168">
+        <v>44871</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="146" t="s">
+        <v>282</v>
+      </c>
+      <c r="B18" s="142" t="s">
+        <v>300</v>
+      </c>
+      <c r="C18" s="143" t="s">
         <v>306</v>
       </c>
-      <c r="C18" s="144" t="s">
-[...2 lines deleted...]
-      <c r="D18" s="165">
+      <c r="D18" s="163">
         <v>44819</v>
       </c>
       <c r="E18" s="169">
         <v>44849</v>
       </c>
-      <c r="F18" s="165">
+      <c r="F18" s="163"/>
+      <c r="G18" s="163">
         <v>44819</v>
       </c>
-      <c r="G18" s="165">
+      <c r="H18" s="168">
+        <v>44880</v>
+      </c>
+      <c r="I18" s="168">
+        <v>44897</v>
+      </c>
+      <c r="J18" s="169">
+        <v>44899</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="149" t="s">
+        <v>282</v>
+      </c>
+      <c r="B19" s="142" t="s">
+        <v>301</v>
+      </c>
+      <c r="C19" s="143" t="s">
+        <v>307</v>
+      </c>
+      <c r="D19" s="164">
         <v>44819</v>
       </c>
-      <c r="H18" s="169">
+      <c r="E19" s="168">
+        <v>44849</v>
+      </c>
+      <c r="F19" s="164">
+        <v>44819</v>
+      </c>
+      <c r="G19" s="164">
+        <v>44819</v>
+      </c>
+      <c r="H19" s="168">
         <v>44880</v>
       </c>
-      <c r="I18" s="169">
+      <c r="I19" s="168">
         <v>44897</v>
       </c>
-      <c r="J18" s="169">
+      <c r="J19" s="168">
         <v>44916</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="G4:H4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="G4:H4" r:id="rId1" display="OBS! NMT har annan tidsplan för kurser inom program, se - Tidplan NMT-fakulteten " xr:uid="{1E067C4C-8812-465D-99ED-6244FBC1FEA2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <headerFooter>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 Begränsad delning&amp;1#_x000D_</oddHeader>
+  </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:T61"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="Q17" sqref="Q17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.85" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.42578125" style="8" bestFit="1" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="21" max="21" width="7.42578125" customWidth="1"/>
+    <col min="1" max="1" width="9.375" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="26.125" customWidth="1"/>
+    <col min="3" max="3" width="15.875" customWidth="1"/>
+    <col min="4" max="4" width="3.25" style="3" customWidth="1"/>
+    <col min="5" max="5" width="2.875" customWidth="1"/>
+    <col min="6" max="6" width="3.25" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="3.25" customWidth="1"/>
+    <col min="9" max="9" width="3.75" customWidth="1"/>
+    <col min="10" max="10" width="3.25" bestFit="1" customWidth="1"/>
+    <col min="11" max="14" width="3.125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="3.125" customWidth="1"/>
+    <col min="16" max="17" width="3.125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="3.625" customWidth="1"/>
+    <col min="19" max="19" width="4.125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="3.125" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="7.375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="18" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:20" ht="18.55" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D1"/>
     </row>
-    <row r="2" spans="1:20" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="176" t="s">
+    <row r="2" spans="1:20" ht="27.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="175" t="s">
         <v>90</v>
       </c>
-      <c r="B2" s="176"/>
-      <c r="C2" s="176"/>
+      <c r="B2" s="175"/>
+      <c r="C2" s="175"/>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:20" x14ac:dyDescent="0.2">
       <c r="D3"/>
     </row>
     <row r="4" spans="1:20" ht="216.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="174" t="s">
+      <c r="A4" s="173" t="s">
         <v>198</v>
       </c>
-      <c r="B4" s="175"/>
+      <c r="B4" s="174"/>
       <c r="C4" s="13" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>52</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>83</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>139</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="2" t="s">
@@ -8184,1301 +8366,1301 @@
       </c>
       <c r="B5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D5" s="7"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="21"/>
       <c r="S5" s="25"/>
       <c r="T5" s="27"/>
     </row>
-    <row r="6" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A6" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B6" s="29" t="s">
         <v>79</v>
       </c>
       <c r="C6" s="12">
         <v>42384</v>
       </c>
       <c r="D6" s="7"/>
       <c r="E6" s="23"/>
       <c r="F6" s="14"/>
       <c r="G6" s="14"/>
       <c r="H6" s="14"/>
       <c r="I6" s="14" t="s">
         <v>63</v>
       </c>
       <c r="J6" s="14"/>
       <c r="K6" s="14"/>
       <c r="L6" s="14"/>
       <c r="M6" s="14"/>
       <c r="N6" s="14" t="s">
         <v>39</v>
       </c>
       <c r="O6" s="14"/>
       <c r="P6" s="14"/>
       <c r="Q6" s="14" t="s">
         <v>63</v>
       </c>
       <c r="R6" s="14"/>
       <c r="S6" s="22"/>
       <c r="T6" s="26"/>
     </row>
-    <row r="7" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A7" s="10" t="s">
         <v>175</v>
       </c>
       <c r="B7" s="43" t="s">
         <v>167</v>
       </c>
       <c r="C7" s="11">
         <v>42384</v>
       </c>
       <c r="D7" s="7"/>
       <c r="E7" s="14"/>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="14"/>
       <c r="L7" s="14"/>
       <c r="M7" s="14"/>
       <c r="N7" s="14"/>
       <c r="O7" s="14"/>
       <c r="P7" s="14"/>
       <c r="Q7" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R7" s="14"/>
       <c r="S7" s="22"/>
       <c r="T7" s="22"/>
     </row>
-    <row r="8" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A8" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B8" s="38" t="s">
         <v>143</v>
       </c>
       <c r="C8" s="12">
         <v>42401</v>
       </c>
       <c r="D8" s="7"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="14"/>
       <c r="M8" s="14" t="s">
         <v>39</v>
       </c>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="22"/>
       <c r="T8" s="22"/>
     </row>
-    <row r="9" spans="1:20" ht="78.75" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:20" ht="74.849999999999994" x14ac:dyDescent="0.2">
       <c r="A9" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B9" s="29" t="s">
         <v>58</v>
       </c>
       <c r="C9" s="16">
         <v>42401</v>
       </c>
       <c r="D9" s="17"/>
       <c r="E9" s="18" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="18"/>
       <c r="G9" s="18"/>
       <c r="H9" s="18"/>
       <c r="I9" s="18"/>
       <c r="J9" s="18"/>
       <c r="K9" s="18"/>
       <c r="L9" s="18"/>
       <c r="M9" s="18"/>
       <c r="N9" s="18" t="s">
         <v>43</v>
       </c>
       <c r="O9" s="18" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
       <c r="S9" s="22"/>
       <c r="T9" s="22"/>
     </row>
-    <row r="10" spans="1:20" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:20" ht="25.7" x14ac:dyDescent="0.2">
       <c r="A10" s="10" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="29" t="s">
         <v>80</v>
       </c>
       <c r="C10" s="16">
         <v>42401</v>
       </c>
       <c r="D10" s="17"/>
       <c r="E10" s="18" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
       <c r="H10" s="18"/>
       <c r="I10" s="18"/>
       <c r="J10" s="18"/>
       <c r="K10" s="18"/>
       <c r="L10" s="18"/>
       <c r="M10" s="18"/>
       <c r="N10" s="18"/>
       <c r="O10" s="18"/>
       <c r="P10" s="18"/>
       <c r="Q10" s="18"/>
       <c r="R10" s="18"/>
       <c r="S10" s="22"/>
       <c r="T10" s="24" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="11" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A11" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B11" s="29" t="s">
         <v>88</v>
       </c>
       <c r="C11" s="12">
         <v>42401</v>
       </c>
       <c r="D11" s="7"/>
       <c r="E11" s="23"/>
       <c r="F11" s="14"/>
       <c r="G11" s="14"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="14"/>
       <c r="K11" s="14"/>
       <c r="L11" s="14"/>
       <c r="M11" s="14"/>
       <c r="N11" s="14" t="s">
         <v>39</v>
       </c>
       <c r="O11" s="14"/>
       <c r="P11" s="14"/>
       <c r="Q11" s="14" t="s">
         <v>63</v>
       </c>
       <c r="R11" s="14"/>
       <c r="S11" s="22"/>
       <c r="T11" s="22"/>
     </row>
-    <row r="12" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B12" s="38" t="s">
         <v>123</v>
       </c>
       <c r="C12" s="12">
         <v>42415</v>
       </c>
       <c r="D12" s="7"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
       <c r="N12" s="19" t="s">
         <v>45</v>
       </c>
       <c r="O12" s="19" t="s">
         <v>39</v>
       </c>
       <c r="P12" s="14"/>
       <c r="Q12" s="14"/>
       <c r="R12" s="14"/>
       <c r="S12" s="22"/>
       <c r="T12" s="22"/>
     </row>
-    <row r="13" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A13" s="10" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>176</v>
       </c>
       <c r="C13" s="16">
         <v>42415</v>
       </c>
       <c r="D13" s="17"/>
       <c r="E13" s="18"/>
       <c r="F13" s="18"/>
       <c r="G13" s="18"/>
       <c r="H13" s="18" t="s">
         <v>63</v>
       </c>
       <c r="I13" s="18"/>
       <c r="J13" s="18"/>
       <c r="K13" s="18" t="s">
         <v>55</v>
       </c>
       <c r="L13" s="18"/>
       <c r="M13" s="18"/>
       <c r="N13" s="18"/>
       <c r="O13" s="18"/>
       <c r="P13" s="18"/>
       <c r="Q13" s="18"/>
       <c r="R13" s="18"/>
       <c r="S13" s="22"/>
       <c r="T13" s="22"/>
     </row>
-    <row r="14" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="38" t="s">
         <v>145</v>
       </c>
       <c r="C14" s="12">
         <v>42444</v>
       </c>
       <c r="D14" s="7"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="14"/>
       <c r="M14" s="14"/>
       <c r="N14" s="19" t="s">
         <v>45</v>
       </c>
       <c r="O14" s="19" t="s">
         <v>39</v>
       </c>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="22"/>
       <c r="T14" s="22"/>
     </row>
-    <row r="15" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A15" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="38" t="s">
         <v>146</v>
       </c>
       <c r="C15" s="16">
         <v>42444</v>
       </c>
       <c r="D15" s="17"/>
       <c r="E15" s="18"/>
       <c r="F15" s="18"/>
       <c r="G15" s="18"/>
       <c r="H15" s="18"/>
       <c r="I15" s="18"/>
       <c r="J15" s="18"/>
       <c r="K15" s="18"/>
       <c r="L15" s="18"/>
       <c r="M15" s="18"/>
       <c r="N15" s="18" t="s">
         <v>45</v>
       </c>
       <c r="O15" s="18" t="s">
         <v>39</v>
       </c>
       <c r="P15" s="18"/>
       <c r="Q15" s="18"/>
       <c r="R15" s="18"/>
       <c r="S15" s="22"/>
       <c r="T15" s="22"/>
     </row>
-    <row r="16" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A16" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="29" t="s">
         <v>60</v>
       </c>
       <c r="C16" s="12">
         <v>42461</v>
       </c>
       <c r="D16" s="7"/>
       <c r="E16" s="14"/>
       <c r="F16" s="14"/>
       <c r="G16" s="14"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="14"/>
       <c r="M16" s="14" t="s">
         <v>39</v>
       </c>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
       <c r="P16" s="14"/>
       <c r="Q16" s="14"/>
       <c r="R16" s="14"/>
       <c r="S16" s="22"/>
       <c r="T16" s="22"/>
     </row>
-    <row r="17" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A17" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="29" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="12">
         <v>42461</v>
       </c>
       <c r="D17" s="7"/>
       <c r="E17" s="14"/>
       <c r="F17" s="14"/>
       <c r="G17" s="14"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14" t="s">
         <v>39</v>
       </c>
       <c r="J17" s="14"/>
       <c r="K17" s="14"/>
       <c r="L17" s="14"/>
       <c r="M17" s="14"/>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
       <c r="P17" s="14"/>
       <c r="Q17" s="14"/>
       <c r="R17" s="14"/>
       <c r="S17" s="22"/>
       <c r="T17" s="22"/>
     </row>
-    <row r="18" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A18" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="38" t="s">
         <v>147</v>
       </c>
       <c r="C18" s="12">
         <v>42461</v>
       </c>
       <c r="D18" s="7"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="19" t="s">
         <v>39</v>
       </c>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14" t="s">
         <v>39</v>
       </c>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="22"/>
       <c r="T18" s="22"/>
     </row>
-    <row r="19" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A19" s="10" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="38" t="s">
         <v>165</v>
       </c>
       <c r="C19" s="12">
         <v>42461</v>
       </c>
       <c r="D19" s="7"/>
       <c r="E19" s="14" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="14"/>
       <c r="G19" s="14"/>
       <c r="H19" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="14" t="s">
         <v>63</v>
       </c>
       <c r="L19" s="14"/>
       <c r="M19" s="14"/>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
       <c r="P19" s="14"/>
       <c r="Q19" s="14"/>
       <c r="R19" s="14"/>
       <c r="S19" s="22"/>
       <c r="T19" s="22"/>
     </row>
-    <row r="20" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B20" s="38" t="s">
         <v>190</v>
       </c>
       <c r="C20" s="67">
         <v>42461</v>
       </c>
       <c r="D20" s="7"/>
       <c r="E20" s="39" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="22"/>
       <c r="G20" s="22"/>
       <c r="H20" s="22"/>
       <c r="I20" s="39" t="s">
         <v>43</v>
       </c>
       <c r="J20" s="22"/>
       <c r="K20" s="22"/>
       <c r="L20" s="22"/>
       <c r="M20" s="22"/>
       <c r="N20" s="22"/>
       <c r="O20" s="22"/>
       <c r="P20" s="22"/>
       <c r="Q20" s="39" t="s">
         <v>43</v>
       </c>
       <c r="R20" s="22"/>
       <c r="S20" s="22"/>
       <c r="T20" s="22"/>
     </row>
-    <row r="21" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="29" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="12">
         <v>42475</v>
       </c>
       <c r="D21" s="7"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14" t="s">
         <v>43</v>
       </c>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="19" t="s">
         <v>141</v>
       </c>
       <c r="S21" s="22"/>
       <c r="T21" s="22"/>
     </row>
-    <row r="22" spans="1:20" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:20" ht="47.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="38" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="12">
         <v>42475</v>
       </c>
       <c r="D22" s="7"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="14"/>
       <c r="L22" s="14"/>
       <c r="M22" s="14"/>
       <c r="N22" s="14" t="s">
         <v>45</v>
       </c>
       <c r="O22" s="14" t="s">
         <v>39</v>
       </c>
       <c r="P22" s="14"/>
       <c r="Q22" s="14"/>
       <c r="R22" s="14"/>
       <c r="S22" s="22"/>
       <c r="T22" s="22"/>
     </row>
-    <row r="23" spans="1:20" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:20" ht="47.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="29" t="s">
         <v>87</v>
       </c>
       <c r="C23" s="12">
         <v>42475</v>
       </c>
       <c r="D23" s="7"/>
       <c r="E23" s="19" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="19" t="s">
         <v>45</v>
       </c>
       <c r="J23" s="14"/>
       <c r="K23" s="19" t="s">
         <v>45</v>
       </c>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="23" t="s">
         <v>84</v>
       </c>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="19" t="s">
         <v>39</v>
       </c>
       <c r="S23" s="22"/>
       <c r="T23" s="22" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="24" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:20" ht="42.8" x14ac:dyDescent="0.2">
       <c r="A24" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B24" s="38" t="s">
         <v>148</v>
       </c>
       <c r="C24" s="12">
         <v>42491</v>
       </c>
       <c r="D24" s="7"/>
       <c r="E24" s="20" t="s">
         <v>39</v>
       </c>
       <c r="F24" s="20"/>
       <c r="G24" s="20"/>
       <c r="H24" s="20"/>
       <c r="I24" s="20"/>
       <c r="J24" s="20"/>
       <c r="K24" s="20"/>
       <c r="L24" s="20"/>
       <c r="M24" s="20"/>
       <c r="N24" s="20"/>
       <c r="O24" s="20"/>
       <c r="P24" s="20"/>
       <c r="Q24" s="20"/>
       <c r="R24" s="20"/>
       <c r="S24" s="22"/>
       <c r="T24" s="22"/>
     </row>
-    <row r="25" spans="1:20" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:20" ht="47.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>47</v>
       </c>
       <c r="C25" s="37">
         <v>42491</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="20"/>
       <c r="F25" s="20"/>
       <c r="G25" s="20"/>
       <c r="H25" s="20"/>
       <c r="I25" s="20"/>
       <c r="J25" s="20"/>
       <c r="K25" s="20"/>
       <c r="L25" s="20" t="s">
         <v>39</v>
       </c>
       <c r="M25" s="20" t="s">
         <v>45</v>
       </c>
       <c r="N25" s="20"/>
       <c r="O25" s="20"/>
       <c r="P25" s="20"/>
       <c r="Q25" s="20"/>
       <c r="R25" s="20"/>
       <c r="S25" s="22"/>
       <c r="T25" s="22"/>
     </row>
-    <row r="26" spans="1:20" ht="78.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:20" ht="53.5" x14ac:dyDescent="0.2">
       <c r="A26" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>150</v>
       </c>
       <c r="C26" s="37">
         <v>42491</v>
       </c>
       <c r="D26" s="7"/>
       <c r="E26" s="20" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="20"/>
       <c r="G26" s="20"/>
       <c r="H26" s="20"/>
       <c r="I26" s="20" t="s">
         <v>45</v>
       </c>
       <c r="J26" s="20"/>
       <c r="K26" s="20" t="s">
         <v>45</v>
       </c>
       <c r="L26" s="20"/>
       <c r="M26" s="20"/>
       <c r="N26" s="23" t="s">
         <v>84</v>
       </c>
       <c r="O26" s="20"/>
       <c r="P26" s="20"/>
       <c r="Q26" s="20"/>
       <c r="R26" s="20" t="s">
         <v>39</v>
       </c>
       <c r="S26" s="22"/>
       <c r="T26" s="39" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="27" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A27" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>191</v>
       </c>
       <c r="C27" s="67">
         <v>42491</v>
       </c>
       <c r="D27" s="7"/>
       <c r="E27" s="22"/>
       <c r="F27" s="22"/>
       <c r="G27" s="22"/>
       <c r="H27" s="22"/>
       <c r="I27" s="22"/>
       <c r="J27" s="22"/>
       <c r="K27" s="22"/>
       <c r="L27" s="22"/>
       <c r="M27" s="22"/>
       <c r="N27" s="22"/>
       <c r="O27" s="22"/>
       <c r="P27" s="39" t="s">
         <v>43</v>
       </c>
       <c r="Q27" s="22"/>
       <c r="R27" s="22"/>
       <c r="S27" s="22"/>
       <c r="T27" s="22"/>
     </row>
-    <row r="28" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A28" s="10" t="s">
         <v>175</v>
       </c>
       <c r="B28" s="43" t="s">
         <v>171</v>
       </c>
       <c r="C28" s="11">
         <v>42510</v>
       </c>
       <c r="D28" s="7"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="14"/>
       <c r="Q28" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R28" s="14"/>
       <c r="S28" s="22"/>
       <c r="T28" s="22"/>
     </row>
-    <row r="29" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A29" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B29" s="29" t="s">
         <v>48</v>
       </c>
       <c r="C29" s="12">
         <v>42522</v>
       </c>
       <c r="D29" s="7"/>
       <c r="E29" s="20"/>
       <c r="F29" s="20" t="s">
         <v>45</v>
       </c>
       <c r="G29" s="20"/>
       <c r="H29" s="20"/>
       <c r="I29" s="20" t="s">
         <v>39</v>
       </c>
       <c r="J29" s="20"/>
       <c r="K29" s="20"/>
       <c r="L29" s="20"/>
       <c r="M29" s="20"/>
       <c r="N29" s="20"/>
       <c r="O29" s="20"/>
       <c r="P29" s="20"/>
       <c r="Q29" s="20"/>
       <c r="R29" s="20"/>
       <c r="S29" s="22"/>
       <c r="T29" s="22"/>
     </row>
-    <row r="30" spans="1:20" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:20" ht="42.8" x14ac:dyDescent="0.2">
       <c r="A30" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="38" t="s">
         <v>149</v>
       </c>
       <c r="C30" s="12">
         <v>42522</v>
       </c>
       <c r="D30" s="7"/>
       <c r="E30" s="20"/>
       <c r="F30" s="20"/>
       <c r="G30" s="20"/>
       <c r="H30" s="20"/>
       <c r="I30" s="20"/>
       <c r="J30" s="20"/>
       <c r="K30" s="20"/>
       <c r="L30" s="20"/>
       <c r="M30" s="20"/>
       <c r="N30" s="20" t="s">
         <v>39</v>
       </c>
       <c r="O30" s="20"/>
       <c r="P30" s="20"/>
       <c r="Q30" s="20"/>
       <c r="R30" s="20"/>
       <c r="S30" s="22"/>
       <c r="T30" s="22"/>
     </row>
-    <row r="31" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A31" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B31" s="38" t="s">
         <v>177</v>
       </c>
       <c r="C31" s="37">
         <v>42523</v>
       </c>
       <c r="D31" s="7"/>
       <c r="E31" s="20" t="s">
         <v>55</v>
       </c>
       <c r="F31" s="20"/>
       <c r="G31" s="20"/>
       <c r="H31" s="20"/>
       <c r="I31" s="28" t="s">
         <v>56</v>
       </c>
       <c r="J31" s="20"/>
       <c r="K31" s="20"/>
       <c r="L31" s="20"/>
       <c r="M31" s="20"/>
       <c r="N31" s="20" t="s">
         <v>55</v>
       </c>
       <c r="O31" s="20"/>
       <c r="P31" s="20"/>
       <c r="Q31" s="20"/>
       <c r="R31" s="20"/>
       <c r="S31" s="22"/>
       <c r="T31" s="22"/>
     </row>
-    <row r="32" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A32" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B32" s="38" t="s">
         <v>193</v>
       </c>
       <c r="C32" s="67">
         <v>42551</v>
       </c>
       <c r="D32" s="7"/>
       <c r="E32" s="39" t="s">
         <v>55</v>
       </c>
       <c r="F32" s="22"/>
       <c r="G32" s="22"/>
       <c r="H32" s="22"/>
       <c r="I32" s="39" t="s">
         <v>43</v>
       </c>
       <c r="J32" s="22"/>
       <c r="K32" s="22"/>
       <c r="L32" s="22"/>
       <c r="M32" s="22"/>
       <c r="N32" s="22"/>
       <c r="O32" s="22"/>
       <c r="P32" s="22"/>
       <c r="Q32" s="39" t="s">
         <v>43</v>
       </c>
       <c r="R32" s="22"/>
       <c r="S32" s="22"/>
       <c r="T32" s="22"/>
     </row>
-    <row r="33" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A33" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="38" t="s">
         <v>195</v>
       </c>
       <c r="C33" s="67">
         <v>42552</v>
       </c>
       <c r="D33" s="7"/>
       <c r="E33" s="22"/>
       <c r="F33" s="22"/>
       <c r="G33" s="22"/>
       <c r="H33" s="22"/>
       <c r="I33" s="22"/>
       <c r="J33" s="22"/>
       <c r="K33" s="22"/>
       <c r="L33" s="22"/>
       <c r="M33" s="22"/>
       <c r="N33" s="22"/>
       <c r="O33" s="22"/>
       <c r="P33" s="39" t="s">
         <v>43</v>
       </c>
       <c r="Q33" s="22"/>
       <c r="R33" s="22"/>
       <c r="S33" s="22"/>
       <c r="T33" s="22"/>
     </row>
-    <row r="34" spans="1:20" ht="90" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:20" ht="74.849999999999994" x14ac:dyDescent="0.2">
       <c r="A34" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B34" s="29" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="16">
         <v>42583</v>
       </c>
       <c r="D34" s="17"/>
       <c r="E34" s="20" t="s">
         <v>45</v>
       </c>
       <c r="F34" s="20"/>
       <c r="G34" s="20"/>
       <c r="H34" s="20"/>
       <c r="I34" s="20"/>
       <c r="J34" s="20"/>
       <c r="K34" s="20"/>
       <c r="L34" s="20"/>
       <c r="M34" s="20"/>
       <c r="N34" s="20" t="s">
         <v>43</v>
       </c>
       <c r="O34" s="20" t="s">
         <v>45</v>
       </c>
       <c r="P34" s="20"/>
       <c r="Q34" s="20"/>
       <c r="R34" s="20"/>
       <c r="S34" s="22"/>
       <c r="T34" s="22"/>
     </row>
-    <row r="35" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A35" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="29" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="16">
         <v>42597</v>
       </c>
       <c r="D35" s="7"/>
       <c r="E35" s="20"/>
       <c r="F35" s="20"/>
       <c r="G35" s="20"/>
       <c r="H35" s="20"/>
       <c r="I35" s="20"/>
       <c r="J35" s="20"/>
       <c r="K35" s="20"/>
       <c r="L35" s="20" t="s">
         <v>45</v>
       </c>
       <c r="M35" s="20" t="s">
         <v>39</v>
       </c>
       <c r="N35" s="20"/>
       <c r="O35" s="20"/>
       <c r="P35" s="20"/>
       <c r="Q35" s="20"/>
       <c r="R35" s="20"/>
       <c r="S35" s="22"/>
       <c r="T35" s="22"/>
     </row>
-    <row r="36" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A36" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B36" s="38" t="s">
         <v>151</v>
       </c>
       <c r="C36" s="12">
         <v>42597</v>
       </c>
       <c r="D36" s="7"/>
       <c r="E36" s="28" t="s">
         <v>56</v>
       </c>
       <c r="F36" s="20"/>
       <c r="G36" s="20"/>
       <c r="H36" s="20"/>
       <c r="I36" s="20" t="s">
         <v>63</v>
       </c>
       <c r="J36" s="20"/>
       <c r="K36" s="20"/>
       <c r="L36" s="20" t="s">
         <v>45</v>
       </c>
       <c r="M36" s="20"/>
       <c r="N36" s="20"/>
       <c r="O36" s="20"/>
       <c r="P36" s="20"/>
       <c r="Q36" s="20" t="s">
         <v>63</v>
       </c>
       <c r="R36" s="20" t="s">
         <v>63</v>
       </c>
       <c r="S36" s="22"/>
       <c r="T36" s="22"/>
     </row>
-    <row r="37" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A37" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="38" t="s">
         <v>152</v>
       </c>
       <c r="C37" s="12">
         <v>42628</v>
       </c>
       <c r="D37" s="7"/>
       <c r="E37" s="20"/>
       <c r="F37" s="20"/>
       <c r="G37" s="20"/>
       <c r="H37" s="20"/>
       <c r="I37" s="20"/>
       <c r="J37" s="20"/>
       <c r="K37" s="20"/>
       <c r="L37" s="20"/>
       <c r="M37" s="20"/>
       <c r="N37" s="20" t="s">
         <v>39</v>
       </c>
       <c r="O37" s="20"/>
       <c r="P37" s="20"/>
       <c r="Q37" s="20"/>
       <c r="R37" s="20"/>
       <c r="S37" s="22"/>
       <c r="T37" s="22"/>
     </row>
-    <row r="38" spans="1:20" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:20" ht="74.349999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="29" t="s">
         <v>86</v>
       </c>
       <c r="C38" s="11">
         <v>42628</v>
       </c>
       <c r="D38" s="7"/>
       <c r="E38" s="14" t="s">
         <v>55</v>
       </c>
       <c r="F38" s="14"/>
       <c r="G38" s="14"/>
       <c r="H38" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I38" s="14" t="s">
         <v>63</v>
       </c>
       <c r="J38" s="14"/>
       <c r="K38" s="14"/>
       <c r="L38" s="14"/>
       <c r="M38" s="14"/>
       <c r="N38" s="23" t="s">
         <v>84</v>
       </c>
       <c r="O38" s="14"/>
       <c r="P38" s="14"/>
       <c r="Q38" s="14"/>
       <c r="R38" s="19" t="s">
         <v>62</v>
       </c>
       <c r="S38" s="22"/>
       <c r="T38" s="22" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="39" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A39" s="10" t="s">
         <v>175</v>
       </c>
       <c r="B39" s="43" t="s">
         <v>173</v>
       </c>
       <c r="C39" s="11">
         <v>42628</v>
       </c>
       <c r="D39" s="7"/>
       <c r="E39" s="14"/>
       <c r="F39" s="14"/>
       <c r="G39" s="14"/>
       <c r="H39" s="14"/>
       <c r="I39" s="14"/>
       <c r="J39" s="14"/>
       <c r="K39" s="14"/>
       <c r="L39" s="14"/>
       <c r="M39" s="14"/>
       <c r="N39" s="14"/>
       <c r="O39" s="14"/>
       <c r="P39" s="14"/>
       <c r="Q39" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R39" s="14"/>
       <c r="S39" s="22"/>
       <c r="T39" s="22"/>
     </row>
-    <row r="40" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A40" s="10" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="38" t="s">
         <v>153</v>
       </c>
       <c r="C40" s="12">
         <v>42628</v>
       </c>
       <c r="D40" s="7"/>
       <c r="E40" s="20"/>
       <c r="F40" s="20"/>
       <c r="G40" s="20"/>
       <c r="H40" s="20" t="s">
         <v>63</v>
       </c>
       <c r="I40" s="20"/>
       <c r="J40" s="20"/>
       <c r="K40" s="20" t="s">
         <v>55</v>
       </c>
       <c r="L40" s="20"/>
       <c r="M40" s="20"/>
       <c r="N40" s="20"/>
       <c r="O40" s="20"/>
       <c r="P40" s="20"/>
       <c r="Q40" s="20"/>
       <c r="R40" s="20"/>
       <c r="S40" s="22"/>
       <c r="T40" s="22"/>
     </row>
-    <row r="41" spans="1:20" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:20" ht="26.2" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B41" s="29" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="12">
         <v>42644</v>
       </c>
       <c r="D41" s="7"/>
       <c r="E41" s="20"/>
       <c r="F41" s="20" t="s">
         <v>45</v>
       </c>
       <c r="G41" s="20"/>
       <c r="H41" s="20"/>
       <c r="I41" s="20" t="s">
         <v>39</v>
       </c>
       <c r="J41" s="20"/>
       <c r="K41" s="20"/>
       <c r="L41" s="20" t="s">
         <v>45</v>
       </c>
       <c r="M41" s="20" t="s">
         <v>39</v>
       </c>
       <c r="N41" s="20"/>
       <c r="O41" s="20"/>
       <c r="P41" s="20"/>
       <c r="Q41" s="20"/>
       <c r="R41" s="20"/>
       <c r="S41" s="22"/>
       <c r="T41" s="22"/>
     </row>
-    <row r="42" spans="1:20" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:20" ht="32.299999999999997" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="10" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="29" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="12">
         <v>42644</v>
       </c>
       <c r="D42" s="7"/>
       <c r="E42" s="20"/>
       <c r="F42" s="20"/>
       <c r="G42" s="20"/>
       <c r="H42" s="20"/>
       <c r="I42" s="20"/>
       <c r="J42" s="20"/>
       <c r="K42" s="20"/>
       <c r="L42" s="20" t="s">
         <v>45</v>
       </c>
       <c r="M42" s="20" t="s">
         <v>39</v>
       </c>
       <c r="N42" s="20"/>
       <c r="O42" s="20"/>
       <c r="P42" s="20"/>
       <c r="Q42" s="20"/>
       <c r="R42" s="20"/>
       <c r="S42" s="22"/>
       <c r="T42" s="22"/>
     </row>
-    <row r="43" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A43" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B43" s="38" t="s">
         <v>154</v>
       </c>
       <c r="C43" s="12">
         <v>42644</v>
       </c>
       <c r="D43" s="7"/>
       <c r="E43" s="20"/>
       <c r="F43" s="20" t="s">
         <v>45</v>
       </c>
       <c r="G43" s="20"/>
       <c r="H43" s="20"/>
       <c r="I43" s="20" t="s">
         <v>39</v>
       </c>
       <c r="J43" s="20"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20" t="s">
         <v>45</v>
       </c>
       <c r="M43" s="20" t="s">
         <v>39</v>
       </c>
       <c r="N43" s="20"/>
       <c r="O43" s="20"/>
       <c r="P43" s="20"/>
       <c r="Q43" s="20"/>
       <c r="R43" s="20"/>
       <c r="S43" s="22"/>
       <c r="T43" s="22"/>
     </row>
-    <row r="44" spans="1:20" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:20" ht="47.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B44" s="38" t="s">
         <v>156</v>
       </c>
       <c r="C44" s="37">
         <v>42644</v>
       </c>
       <c r="D44" s="7"/>
       <c r="E44" s="20" t="s">
         <v>45</v>
       </c>
       <c r="F44" s="20"/>
       <c r="G44" s="20"/>
       <c r="H44" s="20"/>
       <c r="I44" s="20" t="s">
         <v>45</v>
       </c>
       <c r="J44" s="20"/>
       <c r="K44" s="20" t="s">
         <v>45</v>
       </c>
       <c r="L44" s="20"/>
       <c r="M44" s="20"/>
@@ -9506,51 +9688,51 @@
       <c r="C45" s="12">
         <v>42649</v>
       </c>
       <c r="D45" s="7"/>
       <c r="E45" s="20"/>
       <c r="F45" s="20"/>
       <c r="G45" s="20" t="s">
         <v>45</v>
       </c>
       <c r="H45" s="20"/>
       <c r="I45" s="20" t="s">
         <v>39</v>
       </c>
       <c r="J45" s="20"/>
       <c r="K45" s="20"/>
       <c r="L45" s="20"/>
       <c r="M45" s="20"/>
       <c r="N45" s="20"/>
       <c r="O45" s="20"/>
       <c r="P45" s="20"/>
       <c r="Q45" s="20"/>
       <c r="R45" s="20"/>
       <c r="S45" s="22"/>
       <c r="T45" s="22"/>
     </row>
-    <row r="46" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A46" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="38" t="s">
         <v>159</v>
       </c>
       <c r="C46" s="12">
         <v>42649</v>
       </c>
       <c r="D46" s="7"/>
       <c r="E46" s="20" t="s">
         <v>39</v>
       </c>
       <c r="F46" s="20"/>
       <c r="G46" s="20"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="20"/>
       <c r="K46" s="20"/>
       <c r="L46" s="20"/>
       <c r="M46" s="20"/>
       <c r="N46" s="20"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="20"/>
@@ -9570,515 +9752,515 @@
       </c>
       <c r="D47" s="7"/>
       <c r="E47" s="20"/>
       <c r="F47" s="20"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20" t="s">
         <v>62</v>
       </c>
       <c r="M47" s="20"/>
       <c r="N47" s="20"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="20" t="s">
         <v>55</v>
       </c>
       <c r="S47" s="14" t="s">
         <v>39</v>
       </c>
       <c r="T47" s="22"/>
     </row>
-    <row r="48" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A48" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B48" s="38" t="s">
         <v>160</v>
       </c>
       <c r="C48" s="11">
         <v>42658</v>
       </c>
       <c r="D48" s="7"/>
       <c r="E48" s="20"/>
       <c r="F48" s="20"/>
       <c r="G48" s="20"/>
       <c r="H48" s="20"/>
       <c r="I48" s="20"/>
       <c r="J48" s="20"/>
       <c r="K48" s="20"/>
       <c r="L48" s="20"/>
       <c r="M48" s="20"/>
       <c r="N48" s="20" t="s">
         <v>39</v>
       </c>
       <c r="O48" s="20"/>
       <c r="P48" s="20"/>
       <c r="Q48" s="20"/>
       <c r="R48" s="20"/>
       <c r="S48" s="22"/>
       <c r="T48" s="22"/>
     </row>
-    <row r="49" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A49" s="10" t="s">
         <v>82</v>
       </c>
       <c r="B49" s="38" t="s">
         <v>166</v>
       </c>
       <c r="C49" s="12">
         <v>42673</v>
       </c>
       <c r="D49" s="7"/>
       <c r="E49" s="14" t="s">
         <v>45</v>
       </c>
       <c r="F49" s="14"/>
       <c r="G49" s="14"/>
       <c r="H49" s="14" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="14" t="s">
         <v>63</v>
       </c>
       <c r="L49" s="14"/>
       <c r="M49" s="14"/>
       <c r="N49" s="14"/>
       <c r="O49" s="14"/>
       <c r="P49" s="14"/>
       <c r="Q49" s="14"/>
       <c r="R49" s="14"/>
       <c r="S49" s="22"/>
       <c r="T49" s="22"/>
     </row>
-    <row r="50" spans="1:20" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:20" ht="42.8" x14ac:dyDescent="0.2">
       <c r="A50" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B50" s="38" t="s">
         <v>178</v>
       </c>
       <c r="C50" s="12">
         <v>42674</v>
       </c>
       <c r="D50" s="7"/>
       <c r="E50" s="20"/>
       <c r="F50" s="20"/>
       <c r="G50" s="20"/>
       <c r="H50" s="20"/>
       <c r="I50" s="20"/>
       <c r="J50" s="20"/>
       <c r="K50" s="20"/>
       <c r="L50" s="20" t="s">
         <v>39</v>
       </c>
       <c r="M50" s="20"/>
       <c r="N50" s="20"/>
       <c r="O50" s="20"/>
       <c r="P50" s="20"/>
       <c r="Q50" s="20"/>
       <c r="R50" s="20"/>
       <c r="S50" s="22"/>
       <c r="T50" s="22"/>
     </row>
-    <row r="51" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A51" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="38" t="s">
         <v>161</v>
       </c>
       <c r="C51" s="37">
         <v>42675</v>
       </c>
       <c r="D51" s="7"/>
       <c r="E51" s="14" t="s">
         <v>43</v>
       </c>
       <c r="F51" s="14"/>
       <c r="G51" s="14"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="14"/>
       <c r="L51" s="14"/>
       <c r="M51" s="14"/>
       <c r="N51" s="14"/>
       <c r="O51" s="14"/>
       <c r="P51" s="14" t="s">
         <v>39</v>
       </c>
       <c r="Q51" s="14"/>
       <c r="R51" s="14"/>
       <c r="S51" s="22"/>
       <c r="T51" s="22"/>
     </row>
-    <row r="52" spans="1:20" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:20" ht="42.8" x14ac:dyDescent="0.2">
       <c r="A52" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="68" t="s">
         <v>162</v>
       </c>
       <c r="C52" s="12">
         <v>42675</v>
       </c>
       <c r="D52" s="7"/>
       <c r="E52" s="14" t="s">
         <v>43</v>
       </c>
       <c r="F52" s="14"/>
       <c r="G52" s="14"/>
       <c r="H52" s="14"/>
       <c r="I52" s="14"/>
       <c r="J52" s="14"/>
       <c r="K52" s="14"/>
       <c r="L52" s="14"/>
       <c r="M52" s="14"/>
       <c r="N52" s="14" t="s">
         <v>39</v>
       </c>
       <c r="O52" s="14"/>
       <c r="P52" s="14"/>
       <c r="Q52" s="14"/>
       <c r="R52" s="14"/>
       <c r="S52" s="22"/>
       <c r="T52" s="22"/>
     </row>
-    <row r="53" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>42</v>
       </c>
       <c r="B53" s="38" t="s">
         <v>179</v>
       </c>
       <c r="C53" s="44">
         <v>42689</v>
       </c>
       <c r="D53" s="17"/>
       <c r="E53" s="20" t="s">
         <v>55</v>
       </c>
       <c r="F53" s="20"/>
       <c r="G53" s="20"/>
       <c r="H53" s="20"/>
       <c r="I53" s="20" t="s">
         <v>56</v>
       </c>
       <c r="J53" s="20"/>
       <c r="K53" s="20"/>
       <c r="L53" s="20"/>
       <c r="M53" s="20"/>
       <c r="N53" s="20" t="s">
         <v>55</v>
       </c>
       <c r="O53" s="20"/>
       <c r="P53" s="20"/>
       <c r="Q53" s="20"/>
       <c r="R53" s="20"/>
       <c r="S53" s="22"/>
       <c r="T53" s="22"/>
     </row>
-    <row r="54" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A54" s="10" t="s">
         <v>175</v>
       </c>
       <c r="B54" s="43" t="s">
         <v>174</v>
       </c>
       <c r="C54" s="69">
         <v>42689</v>
       </c>
       <c r="D54" s="7"/>
       <c r="E54" s="14"/>
       <c r="F54" s="14"/>
       <c r="G54" s="14"/>
       <c r="H54" s="14"/>
       <c r="I54" s="14"/>
       <c r="J54" s="14"/>
       <c r="K54" s="14"/>
       <c r="L54" s="14"/>
       <c r="M54" s="14"/>
       <c r="N54" s="14"/>
       <c r="O54" s="14"/>
       <c r="P54" s="14"/>
       <c r="Q54" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R54" s="14"/>
       <c r="S54" s="22"/>
       <c r="T54" s="22"/>
     </row>
-    <row r="55" spans="1:20" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A55" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B55" s="38" t="s">
         <v>196</v>
       </c>
       <c r="C55" s="70">
         <v>42704</v>
       </c>
       <c r="D55" s="7"/>
       <c r="E55" s="39" t="s">
         <v>55</v>
       </c>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
       <c r="H55" s="22"/>
       <c r="I55" s="39" t="s">
         <v>43</v>
       </c>
       <c r="J55" s="22"/>
       <c r="K55" s="22"/>
       <c r="L55" s="22"/>
       <c r="M55" s="22"/>
       <c r="N55" s="22"/>
       <c r="O55" s="22"/>
       <c r="P55" s="22"/>
       <c r="Q55" s="39" t="s">
         <v>43</v>
       </c>
       <c r="R55" s="22"/>
       <c r="S55" s="22"/>
       <c r="T55" s="22"/>
     </row>
-    <row r="56" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A56" s="10" t="s">
         <v>41</v>
       </c>
       <c r="B56" s="29" t="s">
         <v>38</v>
       </c>
       <c r="C56" s="12">
         <v>42705</v>
       </c>
       <c r="D56" s="7"/>
       <c r="E56" s="14"/>
       <c r="F56" s="14"/>
       <c r="G56" s="14"/>
       <c r="H56" s="14"/>
       <c r="I56" s="14"/>
       <c r="J56" s="14"/>
       <c r="K56" s="14"/>
       <c r="L56" s="14"/>
       <c r="M56" s="14" t="s">
         <v>39</v>
       </c>
       <c r="N56" s="14"/>
       <c r="O56" s="14"/>
       <c r="P56" s="14"/>
       <c r="Q56" s="14"/>
       <c r="R56" s="14"/>
       <c r="S56" s="22"/>
       <c r="T56" s="22"/>
     </row>
-    <row r="57" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A57" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B57" s="29" t="s">
         <v>54</v>
       </c>
       <c r="C57" s="11">
         <v>42705</v>
       </c>
       <c r="D57" s="7"/>
       <c r="E57" s="20"/>
       <c r="F57" s="20" t="s">
         <v>45</v>
       </c>
       <c r="G57" s="20"/>
       <c r="H57" s="20"/>
       <c r="I57" s="20" t="s">
         <v>39</v>
       </c>
       <c r="J57" s="20"/>
       <c r="K57" s="20"/>
       <c r="L57" s="20"/>
       <c r="M57" s="20"/>
       <c r="N57" s="20"/>
       <c r="O57" s="20"/>
       <c r="P57" s="20"/>
       <c r="Q57" s="20"/>
       <c r="R57" s="20"/>
       <c r="S57" s="22"/>
       <c r="T57" s="22"/>
     </row>
-    <row r="58" spans="1:20" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:20" ht="42.8" x14ac:dyDescent="0.2">
       <c r="A58" s="10" t="s">
         <v>62</v>
       </c>
       <c r="B58" s="38" t="s">
         <v>155</v>
       </c>
       <c r="C58" s="12">
         <v>42705</v>
       </c>
       <c r="D58" s="7"/>
       <c r="E58" s="20"/>
       <c r="F58" s="20"/>
       <c r="G58" s="20"/>
       <c r="H58" s="20"/>
       <c r="I58" s="20"/>
       <c r="J58" s="20"/>
       <c r="K58" s="20"/>
       <c r="L58" s="20"/>
       <c r="M58" s="20"/>
       <c r="N58" s="20" t="s">
         <v>39</v>
       </c>
       <c r="O58" s="20"/>
       <c r="P58" s="20"/>
       <c r="Q58" s="20"/>
       <c r="R58" s="20"/>
       <c r="S58" s="22"/>
       <c r="T58" s="22"/>
     </row>
-    <row r="59" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:20" ht="32.1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B59" s="38" t="s">
         <v>157</v>
       </c>
       <c r="C59" s="12">
         <v>42705</v>
       </c>
       <c r="D59" s="7"/>
       <c r="E59" s="14" t="s">
         <v>55</v>
       </c>
       <c r="F59" s="14"/>
       <c r="G59" s="14" t="s">
         <v>43</v>
       </c>
       <c r="H59" s="14" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="14"/>
       <c r="J59" s="14"/>
       <c r="K59" s="14"/>
       <c r="L59" s="14"/>
       <c r="M59" s="14"/>
       <c r="N59" s="14"/>
       <c r="O59" s="14"/>
       <c r="P59" s="14"/>
       <c r="Q59" s="14"/>
       <c r="R59" s="14" t="s">
         <v>39</v>
       </c>
       <c r="S59" s="22"/>
       <c r="T59" s="22" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="60" spans="1:20" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:20" ht="21.4" x14ac:dyDescent="0.2">
       <c r="A60" s="10" t="s">
         <v>199</v>
       </c>
       <c r="B60" s="38" t="s">
         <v>197</v>
       </c>
       <c r="C60" s="67">
         <v>42705</v>
       </c>
       <c r="D60" s="7"/>
       <c r="E60" s="22"/>
       <c r="F60" s="22"/>
       <c r="G60" s="22"/>
       <c r="H60" s="22"/>
       <c r="I60" s="22"/>
       <c r="J60" s="22"/>
       <c r="K60" s="22"/>
       <c r="L60" s="22"/>
       <c r="M60" s="22"/>
       <c r="N60" s="22"/>
       <c r="O60" s="22"/>
       <c r="P60" s="39" t="s">
         <v>43</v>
       </c>
       <c r="Q60" s="22"/>
       <c r="R60" s="22"/>
       <c r="S60" s="22"/>
       <c r="T60" s="22"/>
     </row>
-    <row r="61" spans="1:20" ht="45" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:20" ht="38.5" x14ac:dyDescent="0.2">
       <c r="A61" s="10" t="s">
         <v>75</v>
       </c>
       <c r="B61" s="29" t="s">
         <v>76</v>
       </c>
       <c r="C61" s="12">
         <v>42719</v>
       </c>
       <c r="D61" s="7"/>
       <c r="E61" s="23" t="s">
         <v>78</v>
       </c>
       <c r="F61" s="14"/>
       <c r="G61" s="14"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14" t="s">
         <v>63</v>
       </c>
       <c r="J61" s="14"/>
       <c r="K61" s="14"/>
       <c r="L61" s="14"/>
       <c r="M61" s="14"/>
       <c r="N61" s="14"/>
       <c r="O61" s="14"/>
       <c r="P61" s="14"/>
       <c r="Q61" s="14"/>
       <c r="R61" s="14"/>
       <c r="S61" s="22"/>
       <c r="T61" s="22" t="s">
         <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A5:T61" xr:uid="{00000000-0009-0000-0000-000003000000}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:T61">
       <sortCondition ref="C5:C61"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="78" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddHeader>&amp;LReviderad: 2016-10-10 //Maud Albertsson</oddHeader>
+    <oddHeader>&amp;L&amp;"Aptos"&amp;10&amp;K000000 Begränsad delning&amp;1#_x000D_&amp;"Arialri"&amp;10&amp;K000000Reviderad: 2016-10-10 //Maud Albertsson</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -10087,25 +10269,54 @@
       <vt:lpstr>datum-tider</vt:lpstr>
       <vt:lpstr>tidsplan, utb.information</vt:lpstr>
       <vt:lpstr>antagningsomgångar</vt:lpstr>
       <vt:lpstr>utbildningsinfo-flöde</vt:lpstr>
       <vt:lpstr>'datum-tider'!Utskriftsrubriker</vt:lpstr>
       <vt:lpstr>'utbildningsinfo-flöde'!Utskriftsrubriker</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Mitthögskolan</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maud</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_SetDate">
+    <vt:lpwstr>2026-01-22T12:48:30Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Name">
+    <vt:lpwstr>Begränsad delning</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_SiteId">
+    <vt:lpwstr>8234e57a-f0d7-4e7d-bac5-8f1a2c565e73</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_ActionId">
+    <vt:lpwstr>441f4871-9340-4d39-867b-91d7864dd910</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e7a9e035-fc31-4a12-9147-f5d37fc656b3_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>