--- v0 (2025-12-12)
+++ v1 (2026-03-28)
@@ -40,50 +40,69 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc414344275"/>
       <w:r w:rsidRPr="00C2370A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:iCs w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kurs- och utbildningsplaner och ”paketplaner”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5409A121" w14:textId="77777777" w:rsidR="0044546F" w:rsidRPr="006F73EC" w:rsidRDefault="0044546F" w:rsidP="006F73EC">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC6ED3">
         <w:t>Inrapportör</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00973CF7" w:rsidRPr="006F73EC">
         <w:t>, lärare alt. administratör/handläggare</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7E1CCF0E" w14:textId="77777777" w:rsidR="00BD4449" w:rsidRPr="00BD4449" w:rsidRDefault="00BD4449" w:rsidP="00BD4449">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="sv-FI"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="sv-FI"/>
+        </w:rPr>
+        <w:t>Är lärare, ämneshandläggare, fakultetshandläggare eller annan roll/funktion beroende på vad fakulteten/institutionen/ämnet anser vara lämpligt.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="1077538C" w14:textId="179F1DB3" w:rsidR="0044546F" w:rsidRPr="00D95963" w:rsidRDefault="0044546F" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">Inrapportör för kurs- och utbildningsplaner utses av prefekt/chef. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
@@ -107,99 +126,108 @@
           <w:lang w:val="sv-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">skapa nya eller starta revidering av kurs-, paket- och utbildningsplaner i utbildningsdatabasen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CCCCC32" w14:textId="77777777" w:rsidR="007A3D5F" w:rsidRDefault="007A3D5F" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67C265B1" w14:textId="77777777" w:rsidR="007A3D5F" w:rsidRPr="00973CF7" w:rsidRDefault="007A3D5F" w:rsidP="00973CF7">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r w:rsidRPr="00973CF7">
         <w:t>Granskare 1</w:t>
       </w:r>
       <w:r w:rsidR="00973CF7">
         <w:t>, handläggare grundutbildning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C414BD" w14:textId="1797FCA6" w:rsidR="007A3D5F" w:rsidRPr="00D95963" w:rsidRDefault="003B177C" w:rsidP="0044546F">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">/fakultet. Godkänner nya </w:t>
+    <w:p w14:paraId="59019A7D" w14:textId="77777777" w:rsidR="00BD4449" w:rsidRPr="00BD4449" w:rsidRDefault="00BD4449" w:rsidP="00BD4449">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Är fakultetshandläggare. Utses av respektive fakultet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C414BD" w14:textId="0A12E4C9" w:rsidR="007A3D5F" w:rsidRPr="00D95963" w:rsidRDefault="00973CF7" w:rsidP="0044546F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Godkänner nya </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kurser och program</w:t>
       </w:r>
-      <w:r w:rsidR="00973CF7" w:rsidRPr="00D95963">
+      <w:r w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fastställer</w:t>
       </w:r>
-      <w:r w:rsidR="00973CF7" w:rsidRPr="00D95963">
+      <w:r w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> reviderade kursplaner.</w:t>
       </w:r>
       <w:r w:rsidR="00C2370A" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ser till att rätt revideringar genomförs vid rätt deadline enl. tidsplan i ”Regler för kursplan”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285C5D8B" w14:textId="77777777" w:rsidR="00973CF7" w:rsidRPr="00D95963" w:rsidRDefault="00973CF7" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D95963">
@@ -443,316 +471,302 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00973CF7">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B542EE7" w14:textId="77777777" w:rsidR="007C1295" w:rsidRPr="007C1295" w:rsidRDefault="007C1295" w:rsidP="007C1295">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r w:rsidRPr="007C1295">
         <w:t>Granskare 6</w:t>
       </w:r>
       <w:r>
         <w:t>, GRU- handläggare fakultet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3797F8C9" w14:textId="0E2FD714" w:rsidR="007C1295" w:rsidRPr="00D95963" w:rsidRDefault="007C1295" w:rsidP="007C1295">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00D95963">
+    <w:p w14:paraId="3797F8C9" w14:textId="1B3976DD" w:rsidR="007C1295" w:rsidRPr="00D95963" w:rsidRDefault="00BD4449" w:rsidP="007C1295">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Är handläggare för rådet för utbildning på grund- och avancerad nivå</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C1295" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Utses av kanslichef</w:t>
       </w:r>
       <w:r w:rsidR="006B2471" w:rsidRPr="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vid </w:t>
+      </w:r>
       <w:r w:rsidR="006B2471" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fakulte</w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>te</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00D95963">
+        <w:t>ten</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1295" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Granskar och godkänner kurs- och utbildningsplaner på fakultetsnivå. Granskar kp/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D95963">
+      <w:r w:rsidR="007C1295" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>up</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D95963">
+      <w:r w:rsidR="007C1295" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och ser så de följer beslutade regelverk</w:t>
       </w:r>
       <w:r w:rsidR="000E3B27" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Tittar på</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D95963">
+      <w:r w:rsidR="007C1295" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> bland annat betygsskala, utbildningsområde etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2FF895" w14:textId="77777777" w:rsidR="007C1295" w:rsidRPr="007C1295" w:rsidRDefault="007C1295" w:rsidP="0047791F">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3760437F" w14:textId="46EBE146" w:rsidR="0047791F" w:rsidRPr="006F73EC" w:rsidRDefault="0047791F" w:rsidP="006F73EC">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc414344280"/>
       <w:r w:rsidRPr="006F73EC">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Granskare 7, </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="00006C14">
         <w:t>Fastställer/beslutar</w:t>
       </w:r>
       <w:r w:rsidR="00C2370A" w:rsidRPr="006F73EC">
         <w:t xml:space="preserve"> kurs- och utbildningsplan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030A310A" w14:textId="40BF187C" w:rsidR="0047791F" w:rsidRPr="00D95963" w:rsidRDefault="00006C14" w:rsidP="0047791F">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> av </w:t>
+    <w:p w14:paraId="141DFF54" w14:textId="77777777" w:rsidR="00BD4449" w:rsidRPr="00BD4449" w:rsidRDefault="00BD4449" w:rsidP="00BD4449">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Är ordförande i rådet för utbildning på grund- och avancerad nivå. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030A310A" w14:textId="1F085BB3" w:rsidR="0047791F" w:rsidRPr="00D95963" w:rsidRDefault="00C2370A" w:rsidP="0047791F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Granskar att kurs- och utbildningsplan följer regelverken samt är den </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">fakultetens </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">Granskar att kurs- och utbildningsplan följer regelverken samt är den </w:t>
+        <w:t xml:space="preserve">roll </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">som slutligen </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fastställer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utbildningen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>beslutar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planen. Ett verkställande av beslut om fastställande av </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">roll </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>kursplan/utbildningsplan</w:t>
       </w:r>
-      <w:r w:rsidR="00C2370A" w:rsidRPr="00D95963">
+      <w:r w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3907EE34" w14:textId="77777777" w:rsidR="007C1295" w:rsidRDefault="007C1295" w:rsidP="0047791F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="004A02C2" w14:textId="77777777" w:rsidR="007C1295" w:rsidRDefault="007C1295" w:rsidP="0047791F">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
@@ -887,204 +901,284 @@
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DAFE29E" w14:textId="77777777" w:rsidR="006F73EC" w:rsidRDefault="006F73EC" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F95AA27" w14:textId="77777777" w:rsidR="00C2370A" w:rsidRPr="008C1649" w:rsidRDefault="00C2370A" w:rsidP="008C1649">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r w:rsidRPr="008C1649">
         <w:t>Granskare 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BAD8371" w14:textId="2CE0A8EF" w:rsidR="00C2370A" w:rsidRPr="00D95963" w:rsidRDefault="00AA1ACA" w:rsidP="0044546F">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Utses av fakultets kanslichef. </w:t>
+    <w:p w14:paraId="5BAD8371" w14:textId="5B693B9B" w:rsidR="00C2370A" w:rsidRPr="00D95963" w:rsidRDefault="00AA1ACA" w:rsidP="0044546F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Utses av fakultet</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s kanslichef. </w:t>
       </w:r>
       <w:r w:rsidR="008C1649" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Granskar tillfällen för institutionen/ämnet</w:t>
       </w:r>
       <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och kan också </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lägga upp</w:t>
       </w:r>
       <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> utbildningstillfällen.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nya </w:t>
+      </w:r>
+      <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utbildningstillfällen.</w:t>
       </w:r>
       <w:r w:rsidR="008C1649" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Handläggare som i många fall även arbetar med prognos och budget i STINA. </w:t>
       </w:r>
       <w:r w:rsidR="006B2471">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hanterar </w:t>
       </w:r>
       <w:r w:rsidR="008C1649" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utbudet i sin helhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9867D5" w14:textId="77777777" w:rsidR="006F73EC" w:rsidRDefault="006F73EC" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33D431CB" w14:textId="77777777" w:rsidR="006F73EC" w:rsidRPr="006F73EC" w:rsidRDefault="00C2370A" w:rsidP="006F73EC">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r w:rsidRPr="006F73EC">
         <w:t>Granskare 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E87034C" w14:textId="41BDB583" w:rsidR="0044546F" w:rsidRPr="00D95963" w:rsidRDefault="00AA1ACA" w:rsidP="0044546F">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Utses av fakultets kanslichef. </w:t>
+    <w:p w14:paraId="6E87034C" w14:textId="4683D181" w:rsidR="0044546F" w:rsidRPr="00D95963" w:rsidRDefault="00AA1ACA" w:rsidP="0044546F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Utses av fakultet</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s kanslichef. </w:t>
       </w:r>
       <w:r w:rsidR="008C1649" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Granskar </w:t>
       </w:r>
       <w:r w:rsidR="00962CC5" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">och godkänner </w:t>
       </w:r>
       <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utbildningsti</w:t>
       </w:r>
       <w:r w:rsidR="008C1649" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">llfällen på fakultetsnivå. </w:t>
       </w:r>
       <w:r w:rsidR="00006C14" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Granskar</w:t>
       </w:r>
       <w:r w:rsidR="006F73EC" w:rsidRPr="00D95963">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tillfällen i det utbudsarbetet och vid utökning av utbud (ser att beslut fattats och följs). Ett stöd till institutionerna att fristående utbudet är uppmärkt på rätt sätt. </w:t>
+        <w:t xml:space="preserve"> tillfällen i det utbudsarbetet och vid utökning av utbud (ser att beslut fattats och följs). Ett stöd till institutionerna att utbudet </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">som ska annonseras </w:t>
+      </w:r>
+      <w:r w:rsidR="006F73EC" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">är uppmärkt på </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4449">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>korrekt</w:t>
+      </w:r>
+      <w:r w:rsidR="006F73EC" w:rsidRPr="00D95963">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sätt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C96708C" w14:textId="77777777" w:rsidR="006F73EC" w:rsidRDefault="006F73EC" w:rsidP="0044546F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sv-FI"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4268811A" w14:textId="7F384AA4" w:rsidR="0044546F" w:rsidRPr="00DE25A8" w:rsidRDefault="00006C14" w:rsidP="0044546F">
       <w:pPr>
         <w:pStyle w:val="Formatmall1"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE25A8">
         <w:t>ntagnings</w:t>
       </w:r>
       <w:r>
         <w:t>handläggare</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE25A8">
@@ -2637,122 +2731,131 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>Datum</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1F4B916C" w14:textId="2014488C" w:rsidR="001D02A7" w:rsidRPr="001D02A7" w:rsidRDefault="00F64919" w:rsidP="00794040">
+  <w:p w14:paraId="1F4B916C" w14:textId="39F17F53" w:rsidR="001D02A7" w:rsidRPr="001D02A7" w:rsidRDefault="00F64919" w:rsidP="00794040">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="0044546F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="006B2471">
+    <w:r w:rsidR="00BD4449">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="001D02A7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00006C14">
+    <w:r w:rsidR="00BD4449">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
-      <w:t>7-0</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="006B2471">
+    <w:r w:rsidR="00006C14">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidR="00BD4449">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:sz w:val="16"/>
+        <w:lang w:val="de-DE"/>
+      </w:rPr>
+      <w:t>27</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3116A7FD" w14:textId="77777777" w:rsidR="00A45CD1" w:rsidRDefault="00A45CD1">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3026AE58" w14:textId="7B1BAAB7" w:rsidR="006B2471" w:rsidRDefault="006B2471">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F712670" wp14:editId="36700136">
               <wp:simplePos x="635" y="635"/>
@@ -3144,80 +3247,82 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0044546F"/>
     <w:rsid w:val="00006C14"/>
     <w:rsid w:val="000E3B27"/>
+    <w:rsid w:val="001322BA"/>
     <w:rsid w:val="00177BBE"/>
     <w:rsid w:val="00187DDD"/>
     <w:rsid w:val="0019658F"/>
     <w:rsid w:val="001D02A7"/>
     <w:rsid w:val="00275027"/>
     <w:rsid w:val="003B177C"/>
     <w:rsid w:val="003D5638"/>
     <w:rsid w:val="0044546F"/>
     <w:rsid w:val="0047791F"/>
     <w:rsid w:val="004C6F01"/>
     <w:rsid w:val="005A6408"/>
     <w:rsid w:val="006B0411"/>
     <w:rsid w:val="006B2471"/>
     <w:rsid w:val="006F19BE"/>
     <w:rsid w:val="006F73EC"/>
     <w:rsid w:val="007A3D5F"/>
     <w:rsid w:val="007C1295"/>
     <w:rsid w:val="008312FB"/>
     <w:rsid w:val="008865BD"/>
     <w:rsid w:val="008910E1"/>
     <w:rsid w:val="008C1649"/>
     <w:rsid w:val="008D470E"/>
     <w:rsid w:val="009368E0"/>
     <w:rsid w:val="00962CC5"/>
     <w:rsid w:val="00973CF7"/>
     <w:rsid w:val="00A45CD1"/>
     <w:rsid w:val="00AA1ACA"/>
     <w:rsid w:val="00AB28B0"/>
     <w:rsid w:val="00B3604A"/>
     <w:rsid w:val="00BA30B5"/>
+    <w:rsid w:val="00BD4449"/>
     <w:rsid w:val="00C2370A"/>
     <w:rsid w:val="00D95963"/>
     <w:rsid w:val="00E41A10"/>
     <w:rsid w:val="00F64919"/>
     <w:rsid w:val="00FD1C4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -3670,50 +3775,51 @@
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D95963"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs w:val="0"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
@@ -4158,75 +4264,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>672</Words>
-  <Characters>3564</Characters>
+  <Words>712</Words>
+  <Characters>3778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Mittuniversitetet</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4228</CharactersWithSpaces>
+  <CharactersWithSpaces>4482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Albertsson, Maud</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingHeaderShapeIds">
     <vt:lpwstr>507dd0a0,31680240,51c0a6e5</vt:lpwstr>
   </property>